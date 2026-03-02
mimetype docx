--- v0 (2025-12-23)
+++ v1 (2026-03-02)
@@ -1,21342 +1,24308 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
-  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-[...3 lines deleted...]
-  <Override PartName="/customXml/itemProps6.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="6228742D" w14:textId="44FDCD58" w:rsidR="00DE569C" w:rsidRPr="00416638" w:rsidRDefault="00152A52" w:rsidP="00416638">
+    <w:p w14:paraId="2E9AEF7C" w14:textId="08E23839" w:rsidR="00103764" w:rsidRDefault="00103764" w:rsidP="004D71E0">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
           <w:b/>
-          <w:sz w:val="36"/>
-[...3129 lines deleted...]
-        <w:rPr>
           <w:bCs/>
-          <w:noProof/>
-[...12 lines deleted...]
-          <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:b/>
-[...1331 lines deleted...]
-        <w:rPr>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="74335C97" wp14:editId="05CE59D8">
-[...18 lines deleted...]
-            <wp:docPr id="4" name="Picture 4" descr="http://www.clipartbest.com/cliparts/acq/eAx/acqeAxyRi.png"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6993A3D1" wp14:editId="60008335">
+            <wp:extent cx="5487035" cy="1042670"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="983099111" name="Picture 6" descr="A close-up of a black and white sign&#10;&#10;Description automatically generated"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 1" descr="http://www.clipartbest.com/cliparts/acq/eAx/acqeAxyRi.png"/>
+                    <pic:cNvPr id="2070795353" name="Picture 6" descr="A close-up of a black and white sign&#10;&#10;Description automatically generated"/>
                     <pic:cNvPicPr>
-                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                      <a:picLocks noChangeAspect="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId13" cstate="print">
+                    <a:blip r:embed="rId8">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
-                    <a:xfrm rot="10800000" flipV="1">
+                    <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="243840" cy="243840"/>
+                      <a:ext cx="5487035" cy="1042670"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
-                    <a:ln>
-[...1 lines deleted...]
-                    </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
-            <wp14:sizeRelH relativeFrom="margin">
-[...5 lines deleted...]
-          </wp:anchor>
+          </wp:inline>
         </w:drawing>
       </w:r>
-      <w:r w:rsidR="00FA602A" w:rsidRPr="00416638">
-[...98 lines deleted...]
-          <w:color w:val="auto"/>
+    </w:p>
+    <w:p w14:paraId="755D61DA" w14:textId="2568553E" w:rsidR="00DA59B1" w:rsidRPr="009E3B58" w:rsidRDefault="0041572E" w:rsidP="004D71E0">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E3B58">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Complete Research Protocol (HRP-503</w:t>
+      </w:r>
+      <w:r w:rsidR="00490AD0" w:rsidRPr="009E3B58">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3AFB5CA4" w14:textId="51700428" w:rsidR="003D7F91" w:rsidRPr="0090753C" w:rsidRDefault="003D7F91" w:rsidP="004D71E0">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Indicate where the research files will </w:t>
-[...6 lines deleted...]
-          <w:color w:val="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0090753C">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...7 lines deleted...]
-          <w:color w:val="auto"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve">NOTE: If </w:t>
+      </w:r>
+      <w:r w:rsidR="006D6595">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...7 lines deleted...]
-          <w:color w:val="auto"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>it</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0090753C">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...7 lines deleted...]
-          <w:color w:val="auto"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> is a retrospective medical chart/</w:t>
+      </w:r>
+      <w:r w:rsidR="006D6595">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...7 lines deleted...]
-          <w:color w:val="auto"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve">medical </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0090753C">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...107 lines deleted...]
-    <w:p w14:paraId="1358F0ED" w14:textId="77777777" w:rsidR="00906EDF" w:rsidRDefault="00906EDF" w:rsidP="00906EDF">
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve">record review ONLY, use the HRP-503R </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51F1808B" w14:textId="18A5F19E" w:rsidR="003D7F91" w:rsidRPr="009E3B58" w:rsidRDefault="003D7F91" w:rsidP="009E3B58">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="2" w:name="_Toc494705005"/>
-[...7 lines deleted...]
-    <w:p w14:paraId="561F6F37" w14:textId="77777777" w:rsidR="00906EDF" w:rsidRDefault="00906EDF" w:rsidP="00906EDF"/>
+      <w:r w:rsidRPr="009E3B58">
+        <w:t>1.</w:t>
+      </w:r>
+      <w:r w:rsidR="004B0E4C" w:rsidRPr="009E3B58">
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E3B58">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E3B58">
+        <w:tab/>
+        <w:t>Basic Study Information</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="0" w:type="dxa"/>
-[...10 lines deleted...]
-        <w:tblLook w:val="0400" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="715" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2515"/>
-        <w:gridCol w:w="6115"/>
+        <w:gridCol w:w="2430"/>
+        <w:gridCol w:w="6205"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00906EDF" w14:paraId="20460E28" w14:textId="77777777" w:rsidTr="00906EDF">
+      <w:tr w:rsidR="003D7F91" w:rsidRPr="00BD6FE5" w14:paraId="05CAF950" w14:textId="77777777" w:rsidTr="00073D4D">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2515" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="2430" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0EFA76E3" w14:textId="77777777" w:rsidR="00906EDF" w:rsidRDefault="00906EDF">
-            <w:r>
+          <w:p w14:paraId="63ED3EC0" w14:textId="1AD0BF4B" w:rsidR="003D7F91" w:rsidRPr="00320F7E" w:rsidRDefault="003D7F91" w:rsidP="009804C7">
+            <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:b/>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
               </w:rPr>
-              <w:t>Study Title</w:t>
+            </w:pPr>
+            <w:r w:rsidRPr="00320F7E">
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Protocol Title </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6115" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="6205" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent5" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="39AF9724" w14:textId="77777777" w:rsidR="00906EDF" w:rsidRDefault="00906EDF"/>
+          <w:p w14:paraId="1F8D2B83" w14:textId="70D83382" w:rsidR="003D7F91" w:rsidRPr="00320F7E" w:rsidRDefault="003D7F91" w:rsidP="009804C7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00906EDF" w14:paraId="16AF255C" w14:textId="77777777" w:rsidTr="00906EDF">
+      <w:tr w:rsidR="003D7F91" w:rsidRPr="00BD6FE5" w14:paraId="6BD47FDF" w14:textId="77777777" w:rsidTr="00073D4D">
+        <w:trPr>
+          <w:trHeight w:val="40"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2515" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="2430" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3A99D259" w14:textId="77777777" w:rsidR="00906EDF" w:rsidRDefault="00906EDF">
-            <w:r>
+          <w:p w14:paraId="26450A74" w14:textId="69AD196C" w:rsidR="003D7F91" w:rsidRPr="00320F7E" w:rsidRDefault="003D7F91" w:rsidP="009804C7">
+            <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:b/>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
               </w:rPr>
-              <w:t>Study Design</w:t>
+            </w:pPr>
+            <w:r w:rsidRPr="00320F7E">
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>PI Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6115" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="6205" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent5" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="3A27748D" w14:textId="77777777" w:rsidR="00906EDF" w:rsidRDefault="00906EDF"/>
+          <w:p w14:paraId="41AED956" w14:textId="313CE535" w:rsidR="003D7F91" w:rsidRPr="00320F7E" w:rsidRDefault="003D7F91" w:rsidP="009804C7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00906EDF" w14:paraId="0717A7F3" w14:textId="77777777" w:rsidTr="00906EDF">
+      <w:tr w:rsidR="003D7F91" w:rsidRPr="00BD6FE5" w14:paraId="5EB23620" w14:textId="77777777" w:rsidTr="00073D4D">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2515" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="2430" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5838EF9F" w14:textId="77777777" w:rsidR="00906EDF" w:rsidRDefault="00906EDF">
-            <w:r>
+          <w:p w14:paraId="56CB38CB" w14:textId="4EEB7FD5" w:rsidR="003D7F91" w:rsidRPr="00320F7E" w:rsidRDefault="003D7F91" w:rsidP="009804C7">
+            <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:b/>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
               </w:rPr>
-              <w:t>Primary Objective</w:t>
+            </w:pPr>
+            <w:r w:rsidRPr="00320F7E">
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>PI Department</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6115" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="6205" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent5" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="1B4D7F41" w14:textId="77777777" w:rsidR="00906EDF" w:rsidRDefault="00906EDF"/>
+          <w:p w14:paraId="4D4EAF91" w14:textId="0831FA26" w:rsidR="003D7F91" w:rsidRPr="00320F7E" w:rsidRDefault="003D7F91" w:rsidP="009804C7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00906EDF" w14:paraId="72491DC8" w14:textId="77777777" w:rsidTr="00906EDF">
+      <w:tr w:rsidR="00BD6FE5" w:rsidRPr="00320F7E" w14:paraId="58ABAA73" w14:textId="77777777" w:rsidTr="00073D4D">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2515" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="2430" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3192C5C2" w14:textId="77777777" w:rsidR="00906EDF" w:rsidRDefault="00906EDF">
+          <w:p w14:paraId="24705D8E" w14:textId="5CB9EA48" w:rsidR="00BD6FE5" w:rsidRPr="00320F7E" w:rsidRDefault="007B1F89" w:rsidP="009804C7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:b/>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
               </w:rPr>
-              <w:t>Secondary Objective(s)</w:t>
+              <w:t xml:space="preserve">Protocol </w:t>
+            </w:r>
+            <w:r w:rsidR="00465B7C">
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>version #/date</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6115" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="6205" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent5" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="66B96AF5" w14:textId="77777777" w:rsidR="00906EDF" w:rsidRDefault="00906EDF"/>
-[...49 lines deleted...]
-          <w:p w14:paraId="234F4CCA" w14:textId="77777777" w:rsidR="00906EDF" w:rsidRDefault="00906EDF">
+          <w:p w14:paraId="05C1DC0B" w14:textId="005639C2" w:rsidR="00BD6FE5" w:rsidRPr="00320F7E" w:rsidRDefault="00BD6FE5" w:rsidP="009804C7">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...1978 lines deleted...]
-                <w:i/>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="7C8273B2" w14:textId="77777777" w:rsidR="00590142" w:rsidRPr="00590142" w:rsidRDefault="00590142" w:rsidP="00590142">
-[...31 lines deleted...]
-    <w:p w14:paraId="4FC50828" w14:textId="0428E066" w:rsidR="00376C16" w:rsidRPr="00CA0CB1" w:rsidRDefault="00061505" w:rsidP="003520B0">
+    <w:p w14:paraId="09A27FED" w14:textId="711AF557" w:rsidR="002E5504" w:rsidRPr="0090753C" w:rsidRDefault="001905C2" w:rsidP="003D1E5D">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
-        <w:rPr>
-[...3 lines deleted...]
-      <w:bookmarkStart w:id="10" w:name="_Toc536104475"/>
+      </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Local </w:t>
-[...74 lines deleted...]
-      </w:r>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="002E5504" w:rsidRPr="0090753C">
+        <w:t>.0</w:t>
+      </w:r>
+      <w:r w:rsidR="002E5504" w:rsidRPr="0090753C">
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="studydesign"/>
+      <w:r w:rsidR="002E5504" w:rsidRPr="0090753C">
+        <w:t xml:space="preserve">Study </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB746A">
+        <w:t>Elements</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:p w14:paraId="6CCBE91C" w14:textId="5F7A6189" w:rsidR="002E5504" w:rsidRPr="00320F7E" w:rsidRDefault="001905C2" w:rsidP="002B4FC6">
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
-        <w:t>indicate how many subjects you expect to screen to reach your target sample (i.e. your screen failure rate)</w:t>
-[...400 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="002E5504" w:rsidRPr="00320F7E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>.1</w:t>
+      </w:r>
+      <w:r w:rsidR="002E5504" w:rsidRPr="00320F7E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00AD305A" w:rsidRPr="00320F7E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>Check ALL that apply</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE552F" w:rsidRPr="00320F7E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to your research:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="485DD1ED" w14:textId="20AF7693" w:rsidR="00491DF4" w:rsidRPr="00320F7E" w:rsidRDefault="00E22DC4" w:rsidP="008A2C28">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1440"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
-            <w:b/>
+            <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
           </w:rPr>
-          <w:id w:val="289402905"/>
+          <w:id w:val="1420836361"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="007D7749">
+          <w:r w:rsidR="00E3658F">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
-              <w:b/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="004E2745" w:rsidRPr="004E2745">
-[...16 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00491DF4" w:rsidRPr="00320F7E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Survey</w:t>
+      </w:r>
+      <w:r w:rsidR="00236820" w:rsidRPr="00320F7E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>s, Interviews, focus groups</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C13FE51" w14:textId="0E2B2835" w:rsidR="00491DF4" w:rsidRPr="00320F7E" w:rsidRDefault="00E22DC4" w:rsidP="00E4058D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1440"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
-            <w:b/>
+            <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
           </w:rPr>
-          <w:id w:val="410277332"/>
+          <w:id w:val="-1578433693"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="0026000D">
+          <w:r w:rsidR="009774DE">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
-              <w:b/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="004E2745" w:rsidRPr="004E2745">
-[...16 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00491DF4" w:rsidRPr="00320F7E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> School-based educational research</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="323B6F45" w14:textId="1F30CD57" w:rsidR="00491DF4" w:rsidRDefault="00E22DC4" w:rsidP="003450CB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1440"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
-            <w:b/>
+            <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
           </w:rPr>
-          <w:id w:val="1731955626"/>
+          <w:id w:val="377985170"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="0026000D">
+          <w:r w:rsidR="009774DE">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
-              <w:b/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="004E2745" w:rsidRPr="004E2745">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00491DF4" w:rsidRPr="00320F7E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Physical intervention (e.g. exercise, physical therapy)</w:t>
+      </w:r>
+      <w:r w:rsidR="003450CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
         </w:rPr>
         <w:tab/>
-        <w:t>Pregnant women</w:t>
-[...11 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BD88B64" w14:textId="41ACA330" w:rsidR="00CB746A" w:rsidRPr="00320F7E" w:rsidRDefault="00E22DC4" w:rsidP="00CB746A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1440"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
-            <w:b/>
+            <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
           </w:rPr>
-          <w:id w:val="443430675"/>
+          <w:id w:val="-700861575"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="0026000D">
+          <w:r w:rsidR="009774DE">
             <w:rPr>
-              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
-              <w:b/>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="004E2745" w:rsidRPr="004E2745">
-[...52 lines deleted...]
-          <w:b/>
+      <w:r w:rsidR="00CB746A" w:rsidRPr="00320F7E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-[...258 lines deleted...]
-          <w:i w:val="0"/>
+      <w:r w:rsidR="00097242">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>Behavioral</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB746A" w:rsidRPr="00320F7E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> intervention (e.g. </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB746A">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>cognitive-behavioral therapy</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB746A" w:rsidRPr="00320F7E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1CE15D40" w14:textId="50F551EF" w:rsidR="00491DF4" w:rsidRPr="00320F7E" w:rsidRDefault="00E22DC4" w:rsidP="00E4058D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1440"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
-[...1 lines deleted...]
-            <w:i w:val="0"/>
+            <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
           </w:rPr>
-          <w:id w:val="1342818540"/>
+          <w:id w:val="-799689069"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00906DFE">
+          <w:r w:rsidR="009774DE">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
-              <w:b/>
-              <w:i w:val="0"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="00906DFE">
-[...163 lines deleted...]
-          <w:i w:val="0"/>
+      <w:r w:rsidR="00491DF4" w:rsidRPr="00320F7E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Medical chart</w:t>
+      </w:r>
+      <w:r w:rsidR="003216D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>/record</w:t>
+      </w:r>
+      <w:r w:rsidR="00491DF4" w:rsidRPr="00320F7E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> review with Protected Health Information</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47054D2D" w14:textId="4D387D3D" w:rsidR="00491DF4" w:rsidRPr="00320F7E" w:rsidRDefault="00E22DC4" w:rsidP="00E4058D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1440"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
-[...1 lines deleted...]
-            <w:i w:val="0"/>
+            <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
           </w:rPr>
-          <w:id w:val="1742980471"/>
+          <w:id w:val="-926187037"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00906DFE">
+          <w:r w:rsidR="009774DE">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
-              <w:b/>
-              <w:i w:val="0"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="00906DFE" w:rsidRPr="004761A1">
-[...150 lines deleted...]
-          <w:i w:val="0"/>
+      <w:r w:rsidR="00491DF4" w:rsidRPr="00320F7E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Specimen (blood, nails, tartar, </w:t>
+      </w:r>
+      <w:r w:rsidR="00D87BBA" w:rsidRPr="00320F7E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>saliva, urine, etc.</w:t>
+      </w:r>
+      <w:r w:rsidR="00491DF4" w:rsidRPr="00320F7E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>) and data collection only</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="474527BF" w14:textId="4265A4B3" w:rsidR="00491DF4" w:rsidRPr="00320F7E" w:rsidRDefault="00E22DC4" w:rsidP="00E4058D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1440"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
-[...1 lines deleted...]
-            <w:i w:val="0"/>
+            <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
           </w:rPr>
-          <w:id w:val="-1034187233"/>
+          <w:id w:val="-1300679037"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00906DFE">
+          <w:r w:rsidR="009774DE">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
-              <w:b/>
-              <w:i w:val="0"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="00906DFE" w:rsidRPr="00F30FB6">
-[...99 lines deleted...]
-          <w:i w:val="0"/>
+      <w:r w:rsidR="00491DF4" w:rsidRPr="00320F7E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Drug</w:t>
+      </w:r>
+      <w:r w:rsidR="002D4C60" w:rsidRPr="00320F7E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or Device </w:t>
+      </w:r>
+      <w:r w:rsidR="00491DF4" w:rsidRPr="00320F7E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>Intervention</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60C9D47B" w14:textId="5E7BC1B1" w:rsidR="00AD305A" w:rsidRPr="00320F7E" w:rsidRDefault="00E22DC4" w:rsidP="00E4058D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1440"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
-[...1 lines deleted...]
-            <w:i w:val="0"/>
+            <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
           </w:rPr>
-          <w:id w:val="-1437671012"/>
+          <w:id w:val="-290675097"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00906DFE">
+          <w:r w:rsidR="009774DE">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
-              <w:b/>
-              <w:i w:val="0"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="00906DFE" w:rsidRPr="00BC1DB9">
-[...101 lines deleted...]
-          <w:i w:val="0"/>
+      <w:r w:rsidR="00AD305A" w:rsidRPr="00320F7E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Quality Improvement </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19354AA7" w14:textId="51BB1372" w:rsidR="003736A9" w:rsidRDefault="00E22DC4" w:rsidP="00E4058D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1440"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
-[...1 lines deleted...]
-            <w:i w:val="0"/>
+            <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
           </w:rPr>
-          <w:id w:val="2093895535"/>
+          <w:id w:val="368809035"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00906DFE">
+          <w:r w:rsidR="009774DE">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
-              <w:b/>
-              <w:i w:val="0"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="00906DFE" w:rsidRPr="00416638">
-[...148 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="003736A9" w:rsidRPr="00320F7E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-[...170 lines deleted...]
-          <w:i w:val="0"/>
+      <w:r w:rsidR="008D5663" w:rsidRPr="00320F7E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>Secondary</w:t>
+      </w:r>
+      <w:r w:rsidR="003736A9" w:rsidRPr="00320F7E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Data Analysis (Biomedical, Clinical, Educational, etc.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76288966" w14:textId="304F42B2" w:rsidR="00CB746A" w:rsidRDefault="00E22DC4" w:rsidP="00CB746A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1440"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:b/>
-            <w:i w:val="0"/>
+            <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
           </w:rPr>
-          <w:id w:val="-1317025072"/>
+          <w:id w:val="-1321499657"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="0026000D">
+          <w:r w:rsidR="009774DE">
             <w:rPr>
-              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
-[...1 lines deleted...]
-              <w:i w:val="0"/>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="00312F6D" w:rsidRPr="00312F6D">
-[...44 lines deleted...]
-          <w:i w:val="0"/>
+      <w:r w:rsidR="00CB746A" w:rsidRPr="00320F7E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB746A">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>Computational Data Analysis (e.g. AI, machine-learning, algorithms, modeling)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="775C9EDA" w14:textId="01F13615" w:rsidR="00C91775" w:rsidRPr="00320F7E" w:rsidRDefault="00E22DC4" w:rsidP="009C43E4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1440"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:b/>
-            <w:i w:val="0"/>
+            <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
           </w:rPr>
-          <w:id w:val="68008490"/>
+          <w:id w:val="156898971"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="0026000D">
+          <w:r w:rsidR="009774DE">
             <w:rPr>
-              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
-[...1 lines deleted...]
-              <w:i w:val="0"/>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="00F00D7C" w:rsidRPr="00AC23B9">
-[...67 lines deleted...]
-      <w:r w:rsidR="00FE144A">
+      <w:r w:rsidR="00CB746A" w:rsidRPr="00320F7E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-[...1619 lines deleted...]
-          <w:i w:val="0"/>
+      <w:r w:rsidR="00CB746A">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>DNA/Genetic Testing</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpXSpec="right" w:tblpY="16"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="6845"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00FA302C" w:rsidRPr="00320F7E" w14:paraId="2B43F537" w14:textId="77777777" w:rsidTr="008A2C28">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6845" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent5" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C8812BF" w14:textId="598B64F1" w:rsidR="00FA302C" w:rsidRPr="00320F7E" w:rsidRDefault="00FA302C" w:rsidP="00FA302C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="2776B945" w14:textId="25A0472E" w:rsidR="00491DF4" w:rsidRPr="00320F7E" w:rsidRDefault="00E22DC4" w:rsidP="00AD305A">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="2160" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
-[...1 lines deleted...]
-            <w:i w:val="0"/>
+            <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
           </w:rPr>
-          <w:id w:val="1077949735"/>
+          <w:id w:val="1693488654"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="0026000D">
+          <w:r w:rsidR="00CD0187" w:rsidRPr="00320F7E">
             <w:rPr>
-              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Segoe UI Symbol" w:hint="eastAsia"/>
-[...1 lines deleted...]
-              <w:i w:val="0"/>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="009B1B04" w:rsidRPr="009B1B04">
-[...1 lines deleted...]
-          <w:i w:val="0"/>
+      <w:r w:rsidR="00491DF4" w:rsidRPr="00320F7E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Other</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD305A" w:rsidRPr="00320F7E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79DDD7B4" w14:textId="74FCA4AD" w:rsidR="00CD0187" w:rsidRDefault="001905C2" w:rsidP="002B4FC6">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD0187" w:rsidRPr="00320F7E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>.2</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD0187" w:rsidRPr="00320F7E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...45 lines deleted...]
-      <w:r w:rsidR="003C6F5D" w:rsidRPr="003C6F5D">
+        <w:t xml:space="preserve">Are you seeking a non-human </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00CD0187" w:rsidRPr="00320F7E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>subjects</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00CD0187" w:rsidRPr="00320F7E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> research determination?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77BAF0E3" w14:textId="326E942A" w:rsidR="00E45BAC" w:rsidRPr="00320F7E" w:rsidRDefault="008A5203" w:rsidP="008673F1">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1440"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>NOTE:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C648E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 📎</w:t>
+      </w:r>
+      <w:r w:rsidR="00E45BAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>If your study only involves deidenti</w:t>
+      </w:r>
+      <w:r w:rsidR="008673F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">fied data analysis without access to any identifiers, upload </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="008673F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="008673F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-[...26 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="009774DE" w:rsidRPr="009774DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>HRP-613-HIPAA-Certificate of Deidentification</w:t>
+      </w:r>
+      <w:r w:rsidR="009774DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="003C6F5D" w:rsidRPr="00416638">
-[...97 lines deleted...]
-      </w:pPr>
+      <w:r w:rsidR="008673F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>with your submission.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4EA918F0" w14:textId="667A6485" w:rsidR="00CD0187" w:rsidRPr="00320F7E" w:rsidRDefault="00CD0187" w:rsidP="00CD0187">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320F7E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00320F7E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:b/>
-            <w:i w:val="0"/>
+            <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
           </w:rPr>
-          <w:id w:val="-1561552602"/>
+          <w:id w:val="768364061"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="0026000D">
+          <w:r w:rsidR="009774DE">
             <w:rPr>
-              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
-[...1 lines deleted...]
-              <w:i w:val="0"/>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="002728ED" w:rsidRPr="002728ED">
-[...1 lines deleted...]
-          <w:i w:val="0"/>
+      <w:r w:rsidRPr="00320F7E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> No </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="482E9577" w14:textId="291BEB32" w:rsidR="00CD0187" w:rsidRPr="00320F7E" w:rsidRDefault="00CD0187" w:rsidP="00CD0187">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320F7E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="002728ED" w:rsidRPr="00416638">
-[...72 lines deleted...]
-      </w:pPr>
+      <w:r w:rsidRPr="00320F7E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:b/>
-            <w:i w:val="0"/>
+            <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
           </w:rPr>
-          <w:id w:val="-1443602175"/>
+          <w:id w:val="-1899353818"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="007364DD">
+          <w:r w:rsidR="009774DE">
             <w:rPr>
-              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
-[...1 lines deleted...]
-              <w:i w:val="0"/>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="00F37B8F" w:rsidRPr="00F37B8F">
-[...1 lines deleted...]
-          <w:i w:val="0"/>
+      <w:r w:rsidRPr="00320F7E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Yes</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E28CDBF" w14:textId="408FEE49" w:rsidR="00CD0187" w:rsidRPr="00320F7E" w:rsidRDefault="001905C2" w:rsidP="002B4FC6">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD0187" w:rsidRPr="00320F7E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>.3</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD0187" w:rsidRPr="00320F7E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...61 lines deleted...]
-      <w:r w:rsidR="00C76DA9">
+        <w:t xml:space="preserve">Is this study FDA regulated? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14DF72B9" w14:textId="289C49DF" w:rsidR="006B489F" w:rsidRPr="00670661" w:rsidRDefault="006B489F" w:rsidP="006B489F">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1440"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00670661">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">NOTE: </w:t>
+      </w:r>
+      <w:r w:rsidR="00E3658F">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>See</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00670661">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> HRP-001- SOP: Definitions; Section 3.33, HRP-306-Worksheet: Drugs and Biologics, and HRP-307-Worksheet: Devices for reference. More information is available at </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId9" w:history="1">
+        <w:r w:rsidRPr="00670661">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+          </w:rPr>
+          <w:t>https://irbo.nih.gov/fda-regulated-research/</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00670661">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00F92EF0">
-[...495 lines deleted...]
-      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1B3361E7" w14:textId="28E9C50F" w:rsidR="00CD0187" w:rsidRPr="00670661" w:rsidRDefault="00CD0187" w:rsidP="00CD0187">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00670661">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00670661">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:b/>
-            <w:i w:val="0"/>
+            <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
           </w:rPr>
-          <w:id w:val="1938100714"/>
+          <w:id w:val="-1391339351"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="007364DD">
+          <w:r w:rsidR="009774DE">
             <w:rPr>
-              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
-[...1 lines deleted...]
-              <w:i w:val="0"/>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="008968E0" w:rsidRPr="008968E0">
-[...1 lines deleted...]
-          <w:i w:val="0"/>
+      <w:r w:rsidR="009774DE" w:rsidRPr="00320F7E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00670661">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>No</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0666F344" w14:textId="6263D917" w:rsidR="00CD0187" w:rsidRPr="00670661" w:rsidRDefault="00CD0187" w:rsidP="00CD0187">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00670661">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="008968E0" w:rsidRPr="00416638">
-[...1062 lines deleted...]
-      </w:pPr>
+      <w:r w:rsidRPr="00670661">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:b/>
-            <w:i w:val="0"/>
+            <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
           </w:rPr>
-          <w:id w:val="292956528"/>
+          <w:id w:val="-1304608877"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="007364DD">
+          <w:r w:rsidR="003450CB">
             <w:rPr>
-              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
-[...1 lines deleted...]
-              <w:i w:val="0"/>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="006E3BCF" w:rsidRPr="00FA5D2A">
-[...1 lines deleted...]
-          <w:i w:val="0"/>
+      <w:r w:rsidR="009774DE" w:rsidRPr="00320F7E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00670661">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>Yes</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D89949C" w14:textId="77777777" w:rsidR="006B489F" w:rsidRPr="00670661" w:rsidRDefault="006B489F" w:rsidP="00CE0A76">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1440" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00670661">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>2.4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00670661">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00365695">
-[...338 lines deleted...]
-      </w:pPr>
+      <w:r w:rsidR="00CE0A76" w:rsidRPr="00670661">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>Does this study have an intentional international (outside the U</w:t>
+      </w:r>
+      <w:r w:rsidR="008F197E" w:rsidRPr="00670661">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>nited States</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE0A76" w:rsidRPr="00670661">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) component, involving </w:t>
+      </w:r>
+      <w:r w:rsidR="00686170" w:rsidRPr="00670661">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>participant</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE0A76" w:rsidRPr="00670661">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>s/data/sites?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1216E557" w14:textId="77777777" w:rsidR="00CE0A76" w:rsidRPr="00670661" w:rsidRDefault="00CE0A76" w:rsidP="00CE0A76">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1440" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00670661">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E69F838" w14:textId="2093E390" w:rsidR="00CD0187" w:rsidRPr="00320F7E" w:rsidRDefault="00CD0187" w:rsidP="00CD0187">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320F7E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00320F7E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:b/>
-            <w:i w:val="0"/>
+            <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
           </w:rPr>
-          <w:id w:val="107553622"/>
+          <w:id w:val="1045948443"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="007364DD">
+          <w:r w:rsidR="009774DE">
             <w:rPr>
-              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
-[...1 lines deleted...]
-              <w:i w:val="0"/>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="00383636">
+      <w:r w:rsidRPr="00320F7E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> No</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02646266" w14:textId="38394F48" w:rsidR="00CD0187" w:rsidRPr="00320F7E" w:rsidRDefault="00CD0187" w:rsidP="00CD0187">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320F7E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00452878" w:rsidRPr="00A32BCD">
-[...619 lines deleted...]
-      </w:pPr>
+      <w:r w:rsidRPr="00320F7E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:b/>
-            <w:i w:val="0"/>
+            <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
           </w:rPr>
-          <w:id w:val="-2134398710"/>
+          <w:id w:val="1254551217"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="007364DD">
+          <w:r w:rsidR="00A31574">
             <w:rPr>
-              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
-[...1 lines deleted...]
-              <w:i w:val="0"/>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="009F7F2C" w:rsidRPr="00113BB7">
+      <w:r w:rsidRPr="00320F7E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Yes</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02B50B5D" w14:textId="1843F10B" w:rsidR="004B0E4C" w:rsidRDefault="001905C2" w:rsidP="003D1E5D">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="008526EE" w:rsidRPr="004B0E4C">
+        <w:t>.0</w:t>
+      </w:r>
+      <w:r w:rsidR="004B0E4C">
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="009F7F2C" w:rsidRPr="00A32BCD">
-[...39 lines deleted...]
-      </w:r>
+      <w:r w:rsidR="008526EE" w:rsidRPr="00064EDE">
+        <w:t>Vulnerable Populations</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="721ADCC8" w14:textId="593A84C5" w:rsidR="005C3872" w:rsidRPr="00941D4E" w:rsidRDefault="005C3872" w:rsidP="009C43E4">
+      <w:pPr>
+        <w:spacing w:before="120"/>
+        <w:ind w:left="1440" w:hanging="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
-        <w:t>may</w:t>
-[...41 lines deleted...]
-        <w:t>Describe any procedures for orderly termination.</w:t>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.1 </w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">  </w:t>
-[...503 lines deleted...]
-      <w:r w:rsidR="00781424">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:id="1" w:name="_Hlk177115166"/>
+      <w:r w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Select all vulnerable populations that will be included in your study</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="1"/>
+      <w:r w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B94DFD8" w14:textId="77777777" w:rsidR="005C3872" w:rsidRPr="00941D4E" w:rsidRDefault="005C3872" w:rsidP="009C43E4">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="1440"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>NOTE: The participant’s Vulnerable Populations status must be known to the study team. If participation of a particular population is not known, then the vulnerable population box does not need to be checked (e.g., pregnant women may occur in a records review if the pregnancy status of individuals is not known).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="695C0642" w14:textId="37C191DD" w:rsidR="005C3872" w:rsidRDefault="005C3872" w:rsidP="00E3658F">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="1440"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>📎</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>IMPORTANT: If you are including any of the below vulnerable populations, complete the</w:t>
+      </w:r>
+      <w:r w:rsidR="00E3658F">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00CA0CB1">
-[...2 lines deleted...]
-      <w:r w:rsidR="00781424">
+      <w:r w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">“HRP-514_Vulnerable Populations Supplement”, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">located in the ‘Templates’ section of the Click Library </w:t>
+      </w:r>
+      <w:r w:rsidR="00211268">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and </w:t>
+      </w:r>
+      <w:r w:rsidR="00211268" w:rsidRPr="00211268">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>upload it to the ‘Basic Study Information’ smart-form page of your Click submission under “Attach the protocol”.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B113FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...82 lines deleted...]
-        <w:contextualSpacing/>
+    </w:p>
+    <w:p w14:paraId="0A68F2F0" w14:textId="1A083F6B" w:rsidR="005C3872" w:rsidRPr="00B113FD" w:rsidRDefault="00E22DC4" w:rsidP="005C3872">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1440"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:b/>
-            <w:i w:val="0"/>
+            <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
           </w:rPr>
-          <w:id w:val="786618327"/>
+          <w:id w:val="-1554533148"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="006C5C7B">
+          <w:r w:rsidR="009774DE">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
-              <w:b/>
-              <w:i w:val="0"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="00C47ACF" w:rsidRPr="00AC23B9">
-[...436 lines deleted...]
-          <w:i w:val="0"/>
+      <w:r w:rsidR="005C3872" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> We are not enrolling any vulnerable populations </w:t>
+      </w:r>
+      <w:r w:rsidR="005C3872" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F0AE"/>
+      </w:r>
+      <w:r w:rsidR="005C3872" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Skip to </w:t>
+      </w:r>
+      <w:r w:rsidR="00C53DA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>3.2</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="773C964F" w14:textId="4CCAB304" w:rsidR="005C3872" w:rsidRPr="00941D4E" w:rsidRDefault="00E22DC4" w:rsidP="005C3872">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1440"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:b/>
-            <w:i w:val="0"/>
+            <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
           </w:rPr>
-          <w:id w:val="10889693"/>
+          <w:id w:val="-236330789"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="007364DD">
+          <w:r w:rsidR="009774DE">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
-              <w:b/>
-              <w:i w:val="0"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="001714A2" w:rsidRPr="001714A2">
-[...106 lines deleted...]
-          <w:i w:val="0"/>
+      <w:r w:rsidR="005C3872" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Children (</w:t>
+      </w:r>
+      <w:r w:rsidR="005C3872" w:rsidRPr="00C077DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>persons who have not attained the legal age for consent to treatments or procedures</w:t>
+      </w:r>
+      <w:r w:rsidR="005C3872" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A5F4C95" w14:textId="004A757F" w:rsidR="005C3872" w:rsidRPr="00941D4E" w:rsidRDefault="00E22DC4" w:rsidP="005C3872">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1440"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:b/>
-            <w:i w:val="0"/>
+            <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
           </w:rPr>
-          <w:id w:val="731963232"/>
+          <w:id w:val="-1532558598"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="007364DD">
+          <w:r w:rsidR="009774DE">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
-              <w:b/>
-              <w:i w:val="0"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="000F2500" w:rsidRPr="000F2500">
-[...37 lines deleted...]
-          <w:i w:val="0"/>
+      <w:r w:rsidR="005C3872" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Adults unable to consent/cognitively impaired adults</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6509E1F1" w14:textId="1BDBA456" w:rsidR="005C3872" w:rsidRPr="00941D4E" w:rsidRDefault="00E22DC4" w:rsidP="005C3872">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1440"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:b/>
-            <w:i w:val="0"/>
+            <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
           </w:rPr>
-          <w:id w:val="-1579753837"/>
+          <w:id w:val="1904785628"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="007364DD">
+          <w:r w:rsidR="009774DE">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
-              <w:b/>
-              <w:i w:val="0"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="000F2500" w:rsidRPr="000F2500">
-[...160 lines deleted...]
-        <w:contextualSpacing/>
+      <w:r w:rsidR="009774DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005C3872" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Pregnant women </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="472DD762" w14:textId="60049233" w:rsidR="005C3872" w:rsidRPr="00941D4E" w:rsidRDefault="00E22DC4" w:rsidP="005C3872">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1440"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:b/>
-            <w:i w:val="0"/>
+            <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
           </w:rPr>
-          <w:id w:val="-999575358"/>
+          <w:id w:val="588056834"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00F10FDA">
+          <w:r w:rsidR="009774DE">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
-              <w:b/>
-              <w:i w:val="0"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="0057675D" w:rsidRPr="00AC23B9">
-[...34 lines deleted...]
-          <w:i w:val="0"/>
+      <w:r w:rsidR="005C3872" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Neonates of uncertain viability</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44AC959B" w14:textId="417E5859" w:rsidR="005C3872" w:rsidRPr="00941D4E" w:rsidRDefault="00E22DC4" w:rsidP="005C3872">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1440"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:b/>
-            <w:i w:val="0"/>
+            <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
           </w:rPr>
-          <w:id w:val="1402562704"/>
+          <w:id w:val="-297843108"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="007364DD">
+          <w:r w:rsidR="009774DE">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
-              <w:b/>
-              <w:i w:val="0"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="003125F0" w:rsidRPr="005B1236">
-[...402 lines deleted...]
-          <w:i w:val="0"/>
+      <w:r w:rsidR="005C3872" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Non-viable neonates</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2BF42E55" w14:textId="4201D017" w:rsidR="005C3872" w:rsidRPr="00941D4E" w:rsidRDefault="00E22DC4" w:rsidP="005C3872">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1440"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:b/>
-            <w:i w:val="0"/>
+            <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
           </w:rPr>
-          <w:id w:val="-1596390761"/>
+          <w:id w:val="-1684966130"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="007364DD">
+          <w:r w:rsidR="009774DE">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
-              <w:b/>
-              <w:i w:val="0"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="0011225C" w:rsidRPr="0011225C">
-[...1 lines deleted...]
-          <w:i w:val="0"/>
+      <w:r w:rsidR="005C3872" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Prisoners</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="283DD2BC" w14:textId="3F27BC19" w:rsidR="00383E18" w:rsidRDefault="001905C2" w:rsidP="00E14E59">
+      <w:pPr>
+        <w:spacing w:before="240"/>
+        <w:ind w:left="1440" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="00D96D6F" w:rsidRPr="00320F7E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="005C3872">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00D96D6F" w:rsidRPr="00320F7E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">We have reviewed and will be following </w:t>
-[...48 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve">Select </w:t>
+      </w:r>
+      <w:r w:rsidR="00733EF5" w:rsidRPr="00320F7E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>all</w:t>
+      </w:r>
+      <w:r w:rsidR="00D96D6F" w:rsidRPr="00320F7E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C53DA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>potentially vulnerable</w:t>
+      </w:r>
+      <w:r w:rsidR="00D96D6F" w:rsidRPr="00320F7E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> populations below.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70E04069" w14:textId="314A8F5C" w:rsidR="00C53DA9" w:rsidRPr="00320F7E" w:rsidRDefault="00C53DA9" w:rsidP="00064EDE">
+      <w:pPr>
+        <w:spacing w:before="120"/>
+        <w:ind w:left="1440" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
-          <w:b/>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00C53DA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Consider </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C53DA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>if</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C53DA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> other populations such as students, employees of a specific firm,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-[...4 lines deleted...]
-      </w:pPr>
+      <w:r w:rsidRPr="00C53DA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">educationally or economically disadvantaged </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C53DA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>persons</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>, or others</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C53DA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> are vulnerable.  Provide information regarding their safeguards and protections, including safeguards to eliminate coercion or undue influence.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23061ED2" w14:textId="7DE2CC0F" w:rsidR="00C53DA9" w:rsidRPr="00320F7E" w:rsidRDefault="00E14E59" w:rsidP="00097242">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
-[...1 lines deleted...]
-            <w:i w:val="0"/>
+            <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
           </w:rPr>
-          <w:id w:val="1000624321"/>
+          <w:id w:val="-1341617695"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="007364DD">
+          <w:r w:rsidR="00E3658F">
             <w:rPr>
-              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Segoe UI Symbol" w:hint="eastAsia"/>
-[...1 lines deleted...]
-              <w:i w:val="0"/>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="00D276DF">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00320F7E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00320F7E" w:rsidRPr="00320F7E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">We are not enrolling any </w:t>
+      </w:r>
+      <w:r w:rsidR="00C53DA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>potentially vulnerable</w:t>
+      </w:r>
+      <w:r w:rsidR="00320F7E" w:rsidRPr="00320F7E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> populations </w:t>
+      </w:r>
+      <w:r w:rsidR="00320F7E" w:rsidRPr="00320F7E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F0AE"/>
+      </w:r>
+      <w:r w:rsidR="00320F7E" w:rsidRPr="00320F7E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Skip to </w:t>
+      </w:r>
+      <w:r w:rsidR="00C53DA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>4.0</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="7920" w:type="dxa"/>
+        <w:tblInd w:w="1434" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="436"/>
+        <w:gridCol w:w="3389"/>
+        <w:gridCol w:w="4095"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00211268" w:rsidRPr="009F375E" w14:paraId="59CD614A" w14:textId="77777777" w:rsidTr="00835D1F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="436" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6504A55A" w14:textId="77777777" w:rsidR="00D96D6F" w:rsidRPr="009F375E" w:rsidRDefault="00D96D6F" w:rsidP="00F0003A">
+            <w:pPr>
+              <w:pStyle w:val="BlockText"/>
+              <w:spacing w:before="40" w:after="40"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Segoe UI Symbol"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3389" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7E48673A" w14:textId="08A0EB1E" w:rsidR="00D96D6F" w:rsidRPr="009F375E" w:rsidRDefault="00D96D6F" w:rsidP="00F0003A">
+            <w:pPr>
+              <w:pStyle w:val="BlockText"/>
+              <w:spacing w:before="40" w:after="40"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F375E">
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Population</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4095" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3AAD0DBD" w14:textId="77777777" w:rsidR="00D96D6F" w:rsidRPr="009F375E" w:rsidRDefault="00D96D6F" w:rsidP="00F0003A">
+            <w:pPr>
+              <w:pStyle w:val="BlockText"/>
+              <w:spacing w:before="40" w:after="40"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F375E">
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Safeguards</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00211268" w:rsidRPr="009F375E" w14:paraId="0DAD2441" w14:textId="77777777" w:rsidTr="008A2C28">
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Segoe UI Symbol"/>
+              <w:i w:val="0"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:id w:val="756949300"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="436" w:type="dxa"/>
+              </w:tcPr>
+              <w:p w14:paraId="1A800EEB" w14:textId="0B76974E" w:rsidR="00D96D6F" w:rsidRPr="009F375E" w:rsidRDefault="009774DE" w:rsidP="00F0003A">
+                <w:pPr>
+                  <w:pStyle w:val="BlockText"/>
+                  <w:spacing w:before="40" w:after="40"/>
+                  <w:ind w:left="0" w:right="0"/>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Segoe UI Symbol"/>
+                    <w:i w:val="0"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Segoe UI Symbol" w:hint="eastAsia"/>
+                    <w:i w:val="0"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3389" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3DC91B86" w14:textId="77777777" w:rsidR="00D96D6F" w:rsidRPr="009F375E" w:rsidRDefault="00D96D6F" w:rsidP="00F0003A">
+            <w:pPr>
+              <w:pStyle w:val="BlockText"/>
+              <w:spacing w:before="40" w:after="40"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cstheme="minorHAnsi"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F375E">
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cstheme="minorHAnsi"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Students</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4095" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent5" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="6731A876" w14:textId="63DD83F6" w:rsidR="00D96D6F" w:rsidRPr="009F375E" w:rsidRDefault="009914D2" w:rsidP="00F0003A">
+            <w:pPr>
+              <w:pStyle w:val="BlockText"/>
+              <w:spacing w:before="40" w:after="40"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cstheme="minorHAnsi"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cstheme="minorHAnsi"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Consent will state that participation or non-participation in study will have no impact </w:t>
+            </w:r>
+            <w:r w:rsidR="00032486">
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cstheme="minorHAnsi"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">on </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cstheme="minorHAnsi"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>grades. No results or data from the study will impact any grades.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00211268" w:rsidRPr="009F375E" w14:paraId="64A852BE" w14:textId="77777777" w:rsidTr="008A2C28">
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Segoe UI Symbol"/>
+              <w:i w:val="0"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:id w:val="-1249953387"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="436" w:type="dxa"/>
+              </w:tcPr>
+              <w:p w14:paraId="08BE5007" w14:textId="348BB7FE" w:rsidR="00D96D6F" w:rsidRPr="009F375E" w:rsidRDefault="009774DE" w:rsidP="00F0003A">
+                <w:pPr>
+                  <w:pStyle w:val="BlockText"/>
+                  <w:spacing w:before="40" w:after="40"/>
+                  <w:ind w:left="0" w:right="0"/>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Segoe UI Symbol"/>
+                    <w:i w:val="0"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Segoe UI Symbol" w:hint="eastAsia"/>
+                    <w:i w:val="0"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3389" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0810CE39" w14:textId="77777777" w:rsidR="00D96D6F" w:rsidRPr="009F375E" w:rsidRDefault="00D96D6F" w:rsidP="00F0003A">
+            <w:pPr>
+              <w:pStyle w:val="BlockText"/>
+              <w:spacing w:before="40" w:after="40"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cstheme="minorHAnsi"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F375E">
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cstheme="minorHAnsi"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Employees</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4095" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent5" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="07C42499" w14:textId="0B702BFF" w:rsidR="00D96D6F" w:rsidRPr="009F375E" w:rsidRDefault="00032486" w:rsidP="00F0003A">
+            <w:pPr>
+              <w:pStyle w:val="BlockText"/>
+              <w:spacing w:before="40" w:after="40"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cstheme="minorHAnsi"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cstheme="minorHAnsi"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Consent will state that participation or non-participation in study will have no impact on employment. No results or data from the study will impact employment.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00211268" w:rsidRPr="009F375E" w14:paraId="4DFE7810" w14:textId="77777777" w:rsidTr="008A2C28">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="436" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="01FCAED6" w14:textId="7B14CD41" w:rsidR="00D96D6F" w:rsidRPr="009F375E" w:rsidRDefault="00E22DC4" w:rsidP="00F0003A">
+            <w:pPr>
+              <w:pStyle w:val="BlockText"/>
+              <w:spacing w:before="40" w:after="40"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Segoe UI Symbol"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Segoe UI Symbol"/>
+                  <w:i w:val="0"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:id w:val="-602341452"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="009774DE">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Segoe UI Symbol" w:hint="eastAsia"/>
+                    <w:i w:val="0"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3389" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="55CBF4EC" w14:textId="77777777" w:rsidR="00D96D6F" w:rsidRPr="009F375E" w:rsidRDefault="00D96D6F" w:rsidP="00F0003A">
+            <w:pPr>
+              <w:pStyle w:val="BlockText"/>
+              <w:spacing w:before="40" w:after="40"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cstheme="minorHAnsi"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F375E">
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cstheme="minorHAnsi"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Economically-disadvantaged</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4095" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent5" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C7FEFE3" w14:textId="77777777" w:rsidR="00D96D6F" w:rsidRPr="009F375E" w:rsidRDefault="00D96D6F" w:rsidP="00F0003A">
+            <w:pPr>
+              <w:pStyle w:val="BlockText"/>
+              <w:spacing w:before="40" w:after="40"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cstheme="minorHAnsi"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00211268" w:rsidRPr="009F375E" w14:paraId="757528F5" w14:textId="77777777" w:rsidTr="008A2C28">
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Segoe UI Symbol"/>
+              <w:i w:val="0"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:id w:val="1220092618"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="436" w:type="dxa"/>
+              </w:tcPr>
+              <w:p w14:paraId="783C6384" w14:textId="53D5D416" w:rsidR="00D96D6F" w:rsidRPr="009F375E" w:rsidRDefault="009774DE" w:rsidP="00F0003A">
+                <w:pPr>
+                  <w:pStyle w:val="BlockText"/>
+                  <w:spacing w:before="40" w:after="40"/>
+                  <w:ind w:left="0" w:right="0"/>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Segoe UI Symbol"/>
+                    <w:i w:val="0"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Segoe UI Symbol" w:hint="eastAsia"/>
+                    <w:i w:val="0"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3389" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3FC2AB86" w14:textId="77777777" w:rsidR="00D96D6F" w:rsidRPr="009F375E" w:rsidRDefault="00D96D6F" w:rsidP="00F0003A">
+            <w:pPr>
+              <w:pStyle w:val="BlockText"/>
+              <w:spacing w:before="40" w:after="40"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cstheme="minorHAnsi"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F375E">
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cstheme="minorHAnsi"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Participants unable to read </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4095" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent5" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A3B152A" w14:textId="6A64BAAD" w:rsidR="00D96D6F" w:rsidRPr="009F375E" w:rsidRDefault="00D96D6F" w:rsidP="00F0003A">
+            <w:pPr>
+              <w:pStyle w:val="BlockText"/>
+              <w:spacing w:before="40" w:after="40"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cstheme="minorHAnsi"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00211268" w:rsidRPr="009F375E" w14:paraId="7B64C7D4" w14:textId="77777777" w:rsidTr="008A2C28">
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Segoe UI Symbol"/>
+              <w:i w:val="0"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:id w:val="-2128764014"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="436" w:type="dxa"/>
+              </w:tcPr>
+              <w:p w14:paraId="36768C26" w14:textId="14929B15" w:rsidR="00D96D6F" w:rsidRPr="009F375E" w:rsidRDefault="009774DE" w:rsidP="00F0003A">
+                <w:pPr>
+                  <w:pStyle w:val="BlockText"/>
+                  <w:spacing w:before="40" w:after="40"/>
+                  <w:ind w:left="0" w:right="0"/>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Segoe UI Symbol"/>
+                    <w:i w:val="0"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Segoe UI Symbol" w:hint="eastAsia"/>
+                    <w:i w:val="0"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3389" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7CEB5BE0" w14:textId="0B1A08EB" w:rsidR="00D96D6F" w:rsidRPr="009F375E" w:rsidRDefault="00211268" w:rsidP="00F0003A">
+            <w:pPr>
+              <w:pStyle w:val="BlockText"/>
+              <w:spacing w:before="40" w:after="40"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cstheme="minorHAnsi"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00211268">
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cstheme="minorHAnsi"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Other populations not already listed in 3.1 and 3.2 (Describe)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4095" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent5" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C30AAEA" w14:textId="3FE25F09" w:rsidR="00D96D6F" w:rsidRPr="009F375E" w:rsidRDefault="00D96D6F" w:rsidP="00F0003A">
+            <w:pPr>
+              <w:pStyle w:val="BlockText"/>
+              <w:spacing w:before="40" w:after="40"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cstheme="minorHAnsi"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="3D5A759B" w14:textId="64760F15" w:rsidR="00490AD0" w:rsidRPr="0090753C" w:rsidRDefault="00CD0DE8" w:rsidP="003D1E5D">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+      </w:pPr>
+      <w:r>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="00490AD0" w:rsidRPr="0090753C">
+        <w:t>.0</w:t>
+      </w:r>
+      <w:r w:rsidR="00490AD0" w:rsidRPr="0090753C">
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00D276DF">
-[...68 lines deleted...]
-      </w:r>
+      <w:bookmarkStart w:id="2" w:name="Repository"/>
+      <w:r w:rsidR="0074011E" w:rsidRPr="0090753C">
+        <w:t>Research Repository</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="2"/>
+    </w:p>
+    <w:p w14:paraId="525E90F3" w14:textId="6B096BD0" w:rsidR="00490AD0" w:rsidRPr="00941D4E" w:rsidRDefault="00490AD0" w:rsidP="002B4FC6">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="240"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Indicate where the research files will be kept, including </w:t>
+      </w:r>
+      <w:r w:rsidR="00C9097B" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>after the study is closed</w:t>
+      </w:r>
+      <w:r w:rsidR="007D0292" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>The repository should include, at minimum, copies of IRB correspondence (</w:t>
+      </w:r>
+      <w:r w:rsidR="005A30CC" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">i.e. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="007853D6" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>pproval, determination letters</w:t>
+      </w:r>
+      <w:r w:rsidR="005A30CC" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>, etc</w:t>
+      </w:r>
+      <w:r w:rsidR="005A30CC" w:rsidRPr="00670661">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>.)</w:t>
+      </w:r>
+      <w:r w:rsidR="00E26FAE">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and signed consent forms (when applicable).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6380F8E0" w14:textId="77777777" w:rsidR="00E26FAE" w:rsidRPr="00670661" w:rsidRDefault="00E26FAE" w:rsidP="002B4FC6">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="240"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
-        <w:t xml:space="preserve"> likely to be spoken/understood by your prospective study population</w:t>
-[...3 lines deleted...]
-      </w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>NOTE: This does not refer to where study data is kept/stored.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="715" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2070"/>
+        <w:gridCol w:w="6565"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00811E25" w:rsidRPr="00941D4E" w14:paraId="542C49FD" w14:textId="77777777" w:rsidTr="007853D6">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2070" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="10EBABB9" w14:textId="77777777" w:rsidR="00811E25" w:rsidRPr="00941D4E" w:rsidRDefault="00811E25" w:rsidP="00490AD0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00941D4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>Location</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6565" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent5" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C278BD5" w14:textId="40D8B6DA" w:rsidR="00811E25" w:rsidRPr="00941D4E" w:rsidRDefault="00811E25" w:rsidP="00490AD0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00811E25" w:rsidRPr="00941D4E" w14:paraId="6872704E" w14:textId="77777777" w:rsidTr="007853D6">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2070" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="421F400F" w14:textId="77777777" w:rsidR="00811E25" w:rsidRPr="00941D4E" w:rsidRDefault="00811E25" w:rsidP="00490AD0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00941D4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>Address</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6565" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent5" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="43E94E6C" w14:textId="54EB9C54" w:rsidR="00811E25" w:rsidRPr="00941D4E" w:rsidRDefault="00811E25" w:rsidP="00490AD0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00811E25" w:rsidRPr="00941D4E" w14:paraId="71E8FD9B" w14:textId="77777777" w:rsidTr="007853D6">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2070" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="094B4FD5" w14:textId="77777777" w:rsidR="00811E25" w:rsidRPr="00941D4E" w:rsidRDefault="00811E25" w:rsidP="00490AD0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00941D4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>Department</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00941D4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6565" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent5" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="29425CA5" w14:textId="6DD91D7A" w:rsidR="00811E25" w:rsidRPr="00941D4E" w:rsidRDefault="00811E25" w:rsidP="00490AD0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="12561115" w14:textId="0E27EDC1" w:rsidR="00490AD0" w:rsidRPr="0090753C" w:rsidRDefault="00CD0DE8" w:rsidP="003D1E5D">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+      </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">their legally authorized </w:t>
-[...159 lines deleted...]
-        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="00490AD0" w:rsidRPr="0090753C">
+        <w:t>.0</w:t>
+      </w:r>
+      <w:r w:rsidR="00490AD0" w:rsidRPr="0090753C">
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:id="3" w:name="Abbre"/>
+      <w:r w:rsidR="00490AD0" w:rsidRPr="0090753C">
+        <w:t>Study Spec</w:t>
+      </w:r>
+      <w:r w:rsidR="00E8679E" w:rsidRPr="0090753C">
+        <w:t>ific Abbreviations/</w:t>
+      </w:r>
+      <w:r w:rsidR="00811E25" w:rsidRPr="0090753C">
+        <w:t>Definitions</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="715" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2062"/>
+        <w:gridCol w:w="6573"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00811E25" w:rsidRPr="00BD6FE5" w14:paraId="29849D2C" w14:textId="77777777" w:rsidTr="009E7CD5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2062" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0ADA0A28" w14:textId="77777777" w:rsidR="00811E25" w:rsidRPr="00941D4E" w:rsidRDefault="00811E25" w:rsidP="00490AD0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00941D4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>Abbreviations/Word</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6573" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="69C4447F" w14:textId="77777777" w:rsidR="00811E25" w:rsidRPr="00941D4E" w:rsidRDefault="00811E25" w:rsidP="002B4FC6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00941D4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>Definition</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00811E25" w:rsidRPr="00BD6FE5" w14:paraId="4C9B8CF3" w14:textId="77777777" w:rsidTr="009E7CD5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2062" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent5" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F8E5D13" w14:textId="7FF7E8FA" w:rsidR="00811E25" w:rsidRPr="00941D4E" w:rsidRDefault="00811E25" w:rsidP="00490AD0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6573" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent5" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="739595AA" w14:textId="39976484" w:rsidR="00811E25" w:rsidRPr="00941D4E" w:rsidRDefault="00811E25" w:rsidP="00490AD0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00811E25" w:rsidRPr="00BD6FE5" w14:paraId="3E4ADC7D" w14:textId="77777777" w:rsidTr="009E7CD5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2062" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent5" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="067B193A" w14:textId="1067AD09" w:rsidR="00811E25" w:rsidRPr="00941D4E" w:rsidRDefault="00811E25" w:rsidP="00490AD0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6573" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent5" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B837C78" w14:textId="64B1B488" w:rsidR="00811E25" w:rsidRPr="00941D4E" w:rsidRDefault="00811E25" w:rsidP="00490AD0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00811E25" w:rsidRPr="00BD6FE5" w14:paraId="3692AD63" w14:textId="77777777" w:rsidTr="009E7CD5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2062" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent5" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="58F97988" w14:textId="055F3439" w:rsidR="00811E25" w:rsidRPr="00941D4E" w:rsidRDefault="00811E25" w:rsidP="00490AD0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6573" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent5" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="75B8333D" w14:textId="7465EDC2" w:rsidR="000661E2" w:rsidRPr="00941D4E" w:rsidRDefault="000661E2" w:rsidP="00490AD0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="450E0F33" w14:textId="1C900CBA" w:rsidR="00784372" w:rsidRPr="0090753C" w:rsidRDefault="00784372" w:rsidP="003D1E5D">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...95 lines deleted...]
-        <w:adjustRightInd/>
+        <w:t xml:space="preserve">6.0 </w:t>
+      </w:r>
+      <w:r w:rsidR="00211268">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0090753C">
+        <w:t>R</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="4" w:name="outside"/>
+      <w:bookmarkEnd w:id="4"/>
+      <w:r w:rsidRPr="0090753C">
+        <w:t xml:space="preserve">esearch being conducted outside of UB and its affiliates  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4769ECCC" w14:textId="71EA15B6" w:rsidR="00784372" w:rsidRPr="00941D4E" w:rsidRDefault="00784372" w:rsidP="00784372">
+      <w:pPr>
+        <w:spacing w:before="120"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">NOTE: This does not refer to Multi-Site Research (see section </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>.0 Multi-Site Research).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45AE1CB6" w14:textId="71016F2C" w:rsidR="00784372" w:rsidRPr="00941D4E" w:rsidRDefault="00784372" w:rsidP="00784372">
+      <w:pPr>
+        <w:spacing w:before="120"/>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>.1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Will the research be conducted outside of UB and its affiliates? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="43903A59" w14:textId="77777777" w:rsidR="00784372" w:rsidRPr="00941D4E" w:rsidRDefault="00784372" w:rsidP="00784372">
+      <w:pPr>
+        <w:spacing w:before="120"/>
+        <w:ind w:left="1440"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">NOTE: This question refers to UB-affiliated research taking place outside of UB and its affiliates. UB-affiliated institutions include Kaleida Health, ECMC, UBMD and Roswell Park Cancer Institute. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F1B4612" w14:textId="76A580C0" w:rsidR="00784372" w:rsidRPr="00941D4E" w:rsidRDefault="00E22DC4" w:rsidP="00784372">
+      <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
-        <w:ind w:left="1260" w:hanging="540"/>
-[...2 lines deleted...]
-          <w:i/>
+        <w:ind w:left="2160" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-            <w:b/>
+            <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
           </w:rPr>
-          <w:id w:val="-1490934762"/>
+          <w:id w:val="1184623559"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="006F74DC">
+          <w:r w:rsidR="009774DE">
             <w:rPr>
-              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
-              <w:b/>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="00763B23" w:rsidRPr="00962D5C">
-[...139 lines deleted...]
-        <w:adjustRightInd/>
+      <w:r w:rsidR="00784372" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> No </w:t>
+      </w:r>
+      <w:r w:rsidR="00784372" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F0AE"/>
+      </w:r>
+      <w:r w:rsidR="00784372" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> This research is </w:t>
+      </w:r>
+      <w:r w:rsidR="00784372" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>not</w:t>
+      </w:r>
+      <w:r w:rsidR="00784372" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> taking place outside UB Campus Facilities, Kaleida Health, ECMC, UBMD and Roswell Park Cancer Institute </w:t>
+      </w:r>
+      <w:r w:rsidR="00784372" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri Light"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F0AE"/>
+      </w:r>
+      <w:r w:rsidR="00784372" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri Light"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Go to </w:t>
+      </w:r>
+      <w:r w:rsidR="00784372">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri Light"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidR="00784372" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri Light"/>
+        </w:rPr>
+        <w:t>.0</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="245BDCEF" w14:textId="53CCCF65" w:rsidR="00784372" w:rsidRPr="00941D4E" w:rsidRDefault="00E22DC4" w:rsidP="00784372">
+      <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
-        <w:ind w:left="1440" w:hanging="720"/>
-[...2 lines deleted...]
-          <w:i/>
+        <w:ind w:left="2160" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-            <w:b/>
+            <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
           </w:rPr>
-          <w:id w:val="-1447697333"/>
+          <w:id w:val="-1778331201"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00B04BD3">
+          <w:r w:rsidR="009774DE">
             <w:rPr>
-              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
-              <w:b/>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="00763B23" w:rsidRPr="00962D5C">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00784372" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Yes </w:t>
+      </w:r>
+      <w:r w:rsidR="00784372" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F0AE"/>
+      </w:r>
+      <w:r w:rsidR="00784372" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Describe the following:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73377FBB" w14:textId="77777777" w:rsidR="00784372" w:rsidRPr="00941D4E" w:rsidRDefault="00784372" w:rsidP="00784372">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:spacing w:before="120"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>Site-specific regulations or customs affecting the research</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="332C3101" w14:textId="77777777" w:rsidR="00784372" w:rsidRPr="00941D4E" w:rsidRDefault="00784372" w:rsidP="00784372">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:spacing w:before="240"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>Local scientific and ethical review structure</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="1795" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7555"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00784372" w:rsidRPr="00941D4E" w14:paraId="38DE1EE0" w14:textId="77777777" w:rsidTr="00346C4A">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7555" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent5" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="4160C7CF" w14:textId="0F26F121" w:rsidR="00784372" w:rsidRPr="00941D4E" w:rsidRDefault="00784372" w:rsidP="00346C4A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="3C534693" w14:textId="1C533D31" w:rsidR="00784372" w:rsidRPr="0090753C" w:rsidRDefault="00784372" w:rsidP="003D1E5D">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+      </w:pPr>
+      <w:r>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0090753C">
+        <w:t>.0</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0090753C">
         <w:tab/>
-        <w:t>N/A</w:t>
-[...61 lines deleted...]
-          <w:i/>
+      </w:r>
+      <w:bookmarkStart w:id="5" w:name="Multi"/>
+      <w:r w:rsidRPr="0090753C">
+        <w:t>Multi-Site Research</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="5"/>
+    </w:p>
+    <w:p w14:paraId="61C74F04" w14:textId="71B914F9" w:rsidR="00784372" w:rsidRPr="00211268" w:rsidRDefault="00784372" w:rsidP="00784372">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
         </w:rPr>
         <w:t>.1</w:t>
       </w:r>
-      <w:r w:rsidR="00B70BC4">
-[...203 lines deleted...]
-          <w:i w:val="0"/>
+      <w:r w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+        </w:rPr>
+        <w:t>Is this an investigator-initiated multi-site study?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4CD5EBC9" w14:textId="489668BB" w:rsidR="007D7C69" w:rsidRPr="00670661" w:rsidRDefault="007D7C69" w:rsidP="00103764">
+      <w:pPr>
+        <w:ind w:left="1440"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D7C69">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+        </w:rPr>
+        <w:t>NOTE: From HRP-001-SOP: Definitions; Section 3.25; A Multi-Site Study is a study in which two or more institutions coordinate, with each institution completing all research activities outlined in a specific protocol.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="362F2F96" w14:textId="3B8B791B" w:rsidR="00784372" w:rsidRPr="00941D4E" w:rsidRDefault="00E22DC4" w:rsidP="00103764">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1440"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Segoe UI Symbol"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:b/>
-            <w:i w:val="0"/>
+            <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Segoe UI Symbol"/>
           </w:rPr>
-          <w:id w:val="63768920"/>
+          <w:id w:val="-199936501"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="006F74DC">
+          <w:r w:rsidR="009774DE">
             <w:rPr>
-              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
-[...1 lines deleted...]
-              <w:i w:val="0"/>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Segoe UI Symbol" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="00C0025C" w:rsidRPr="00C0025C">
-[...501 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="00784372" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Segoe UI Symbol"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> No </w:t>
+      </w:r>
+      <w:r w:rsidR="00784372" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Segoe UI Symbol"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F0AE"/>
+      </w:r>
+      <w:r w:rsidR="00784372" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Segoe UI Symbol"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Skip to </w:t>
+      </w:r>
+      <w:r w:rsidR="00784372">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Segoe UI Symbol"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidR="00784372" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Segoe UI Symbol"/>
+        </w:rPr>
+        <w:t>.0</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B414CE2" w14:textId="2D58187E" w:rsidR="00784372" w:rsidRPr="00941D4E" w:rsidRDefault="00E22DC4" w:rsidP="00784372">
+      <w:pPr>
+        <w:ind w:left="1440"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Segoe UI Symbol"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-            <w:b/>
+            <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Segoe UI Symbol"/>
           </w:rPr>
-          <w:id w:val="1943108120"/>
+          <w:id w:val="-1734533149"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="006F74DC">
+          <w:r w:rsidR="009774DE">
             <w:rPr>
-              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
-              <w:b/>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Segoe UI Symbol" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="00EB43C0" w:rsidRPr="00EB43C0">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00784372" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Segoe UI Symbol"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Yes </w:t>
+      </w:r>
+      <w:r w:rsidR="00784372" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Segoe UI Symbol"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F0AE"/>
+      </w:r>
+      <w:r w:rsidR="00784372" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Segoe UI Symbol"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="6" w:name="_Hlk177025693"/>
+      <w:bookmarkStart w:id="7" w:name="_Hlk176958571"/>
+      <w:r w:rsidR="00784372" w:rsidRPr="002B4FC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>📎</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="6"/>
+      <w:r w:rsidR="00784372" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>Complete the “HRP-510_Multi-Site Supplement”, located in the ‘Templates’ section of the Click Library and</w:t>
+      </w:r>
+      <w:r w:rsidR="00211268">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00211268" w:rsidRPr="00211268">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>upload it to the ‘Basic Study Information’ smart-form page of your Click submission under “Attach the protocol”</w:t>
+      </w:r>
+      <w:r w:rsidR="00784372" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="7"/>
+    <w:p w14:paraId="1BCED72D" w14:textId="1736CA50" w:rsidR="00490AD0" w:rsidRPr="0090753C" w:rsidRDefault="00784372" w:rsidP="003D1E5D">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+      </w:pPr>
+      <w:r>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidR="00490AD0" w:rsidRPr="0090753C">
+        <w:t>.0</w:t>
+      </w:r>
+      <w:r w:rsidR="00490AD0" w:rsidRPr="0090753C">
         <w:tab/>
-        <w:t>N/A</w:t>
-[...42 lines deleted...]
-        </w:rPr>
+      </w:r>
+      <w:bookmarkStart w:id="8" w:name="Objectives"/>
+      <w:r w:rsidR="00490AD0" w:rsidRPr="0090753C">
+        <w:t>Objectives</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="8"/>
+      <w:r w:rsidR="00EA4E10">
+        <w:t>/Hypothesis</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69219450" w14:textId="64527850" w:rsidR="00490AD0" w:rsidRPr="00941D4E" w:rsidRDefault="00784372" w:rsidP="00064EDE">
+      <w:pPr>
+        <w:spacing w:before="160" w:after="120"/>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidR="00673A9E" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>.1</w:t>
+      </w:r>
+      <w:r w:rsidR="00673A9E" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00490AD0" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>Describe the purpose, specific aims,</w:t>
+      </w:r>
+      <w:r w:rsidR="007D0292" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00EA4E10">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">hypothesis, and/or </w:t>
+      </w:r>
+      <w:r w:rsidR="007D0292" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>objectives of this research</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA53E4" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="1435" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7915"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00811E25" w:rsidRPr="00941D4E" w14:paraId="6A12429B" w14:textId="77777777" w:rsidTr="0074011E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7915" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent5" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="4843BF64" w14:textId="36A96735" w:rsidR="00811E25" w:rsidRPr="00941D4E" w:rsidRDefault="00811E25" w:rsidP="00811E25">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="5F4256AF" w14:textId="253CA046" w:rsidR="0041572E" w:rsidRDefault="00784372" w:rsidP="003D1E5D">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+      </w:pPr>
+      <w:r>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidR="00490AD0" w:rsidRPr="0090753C">
         <w:t>.0</w:t>
       </w:r>
-      <w:r w:rsidR="00292212">
-[...14 lines deleted...]
-        <w:ind w:right="0" w:hanging="540"/>
+      <w:r w:rsidR="00490AD0" w:rsidRPr="0090753C">
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:id="9" w:name="intervention"/>
+      <w:r w:rsidR="00C56661" w:rsidRPr="0090753C">
+        <w:t>Study Intervention</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="9"/>
+      <w:r w:rsidR="00E8679E" w:rsidRPr="0090753C">
+        <w:t>s</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2987DEAD" w14:textId="05506EC4" w:rsidR="00CD0187" w:rsidRPr="00941D4E" w:rsidRDefault="00784372" w:rsidP="002B4FC6">
+      <w:pPr>
+        <w:spacing w:before="120"/>
+        <w:ind w:left="1440" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve"> </w:t>
-[...288 lines deleted...]
-          <w:i w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD0187" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>.1</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD0187" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Does the study involve a </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD0187" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>non</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD0187" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>-drug/device intervention (e.g. Physical, behavioral or educational interventions)?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B0CB81E" w14:textId="36081FBA" w:rsidR="00CD0187" w:rsidRPr="00941D4E" w:rsidRDefault="00E22DC4" w:rsidP="00CD0187">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="1440"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:b/>
-            <w:i w:val="0"/>
+            <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
           </w:rPr>
-          <w:id w:val="-471591371"/>
+          <w:id w:val="1958130180"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="006F74DC">
+          <w:r w:rsidR="009774DE">
             <w:rPr>
-              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
-[...1 lines deleted...]
-              <w:i w:val="0"/>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="00405CEF" w:rsidRPr="00405CEF">
-[...5 lines deleted...]
-          <w:i w:val="0"/>
+      <w:r w:rsidR="00CD0187" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> No </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD0187" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F0AE"/>
+      </w:r>
+      <w:r w:rsidR="00CD0187" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Skip to </w:t>
+      </w:r>
+      <w:r w:rsidR="00784372">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD0187" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>.2</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0721B583" w14:textId="05860DF1" w:rsidR="00CD0187" w:rsidRPr="00941D4E" w:rsidRDefault="00CD0187" w:rsidP="008A2C28">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00405CEF" w:rsidRPr="00405CEF">
-[...14 lines deleted...]
-      </w:pPr>
+      <w:r w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:b/>
-            <w:i w:val="0"/>
+            <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
           </w:rPr>
-          <w:id w:val="-1330907166"/>
+          <w:id w:val="-1679890348"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="006F74DC">
+          <w:r w:rsidR="009774DE">
             <w:rPr>
-              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
-[...1 lines deleted...]
-              <w:i w:val="0"/>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="008C06CC" w:rsidRPr="00EB43C0">
-[...1 lines deleted...]
-          <w:b/>
+      <w:r w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Yes </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F0AE"/>
+      </w:r>
+      <w:r w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Briefly describe the intervention below:</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="1435" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7915"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00CD0187" w:rsidRPr="00941D4E" w14:paraId="3020ED17" w14:textId="77777777" w:rsidTr="00CD0187">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7915" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent5" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="16D6239D" w14:textId="5E0EF9E8" w:rsidR="00CD0187" w:rsidRPr="00941D4E" w:rsidRDefault="00CD0187" w:rsidP="00CD0187">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="720FDA1F" w14:textId="0E5D9465" w:rsidR="0041572E" w:rsidRPr="00941D4E" w:rsidRDefault="00CD0187" w:rsidP="00941D4E">
+      <w:pPr>
+        <w:spacing w:before="240"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="008C06CC" w:rsidRPr="00405CEF">
-[...12 lines deleted...]
-          <w:i w:val="0"/>
+      <w:r w:rsidR="00784372">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidR="00C56661" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>.2</w:t>
+      </w:r>
+      <w:r w:rsidR="0041572E" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00C56661" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>Does the study involve a drug/device intervention?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1EB1DCB6" w14:textId="5C2E69CE" w:rsidR="00C56661" w:rsidRPr="00941D4E" w:rsidRDefault="00E22DC4" w:rsidP="0090753C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="1440"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:b/>
-            <w:i w:val="0"/>
+            <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
           </w:rPr>
-          <w:id w:val="294801922"/>
+          <w:id w:val="546566152"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="006F74DC">
+          <w:r w:rsidR="009774DE">
             <w:rPr>
-              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
-[...1 lines deleted...]
-              <w:i w:val="0"/>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="00276C01">
-[...289 lines deleted...]
-          <w:b/>
+      <w:r w:rsidR="00C56661" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> No </w:t>
+      </w:r>
+      <w:r w:rsidR="00C56661" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F0AE"/>
+      </w:r>
+      <w:r w:rsidR="00816B6E" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Skip to </w:t>
+      </w:r>
+      <w:r w:rsidR="00784372">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>10</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD0DE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>.0</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0FD3C7CB" w14:textId="7076D34B" w:rsidR="004D71E0" w:rsidRPr="00941D4E" w:rsidRDefault="00E22DC4" w:rsidP="000807F1">
+      <w:pPr>
+        <w:ind w:left="1440"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:b/>
-            <w:i w:val="0"/>
+            <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
           </w:rPr>
-          <w:id w:val="1918976326"/>
+          <w:id w:val="585495091"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00B04BD3">
+          <w:r w:rsidR="009774DE">
             <w:rPr>
-              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
-[...1 lines deleted...]
-              <w:i w:val="0"/>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="00845B51" w:rsidRPr="00845B51">
-        <w:rPr>
+      <w:r w:rsidR="004D71E0" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C56661" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>Yes</w:t>
+      </w:r>
+      <w:r w:rsidR="004D71E0" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004D71E0" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F0AE"/>
+      </w:r>
+      <w:r w:rsidR="00557A38" w:rsidRPr="002B4FC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>📎</w:t>
+      </w:r>
+      <w:r w:rsidR="000807F1" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Complete </w:t>
+      </w:r>
+      <w:r w:rsidR="005C50EA" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidR="000807F1" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">“HRP-509_Drug and Device Supplement”, located in the ‘Templates’ section of the Click Library and </w:t>
+      </w:r>
+      <w:r w:rsidR="0037338D" w:rsidRPr="0037338D">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>upload it to the ‘Basic Study Information’ smart-form page of your Click submission under “Attach the protocol”</w:t>
+      </w:r>
+      <w:r w:rsidR="000807F1" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09A7D74C" w14:textId="5EBC6086" w:rsidR="00FA3AFD" w:rsidRPr="0090753C" w:rsidRDefault="00784372" w:rsidP="003D1E5D">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="10" w:name="Local"/>
+      <w:r>
+        <w:t>10</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD0DE8">
+        <w:t>.0</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA3AFD">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00FA3AFD" w:rsidRPr="0090753C">
+        <w:t>Local Number of Subjects/Charts</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="10"/>
+    </w:p>
+    <w:p w14:paraId="06FB3A68" w14:textId="39E3AA1F" w:rsidR="00FA3AFD" w:rsidRDefault="00FA3AFD" w:rsidP="00FA3AFD">
+      <w:pPr>
+        <w:spacing w:before="120"/>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD6FE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00784372">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>10</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>.1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>How many subjects will be enrolled/charts will be reviewed locally?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D3F592C" w14:textId="0ECAB972" w:rsidR="00784372" w:rsidRPr="00941D4E" w:rsidRDefault="00784372" w:rsidP="00097242">
+      <w:pPr>
+        <w:spacing w:before="120"/>
+        <w:ind w:left="1440"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>NOTE: If this is a multi-site study, also indicate the total number of subjects/charts included in your answer.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="1435" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7915"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00FA3AFD" w:rsidRPr="00941D4E" w14:paraId="61FB0802" w14:textId="77777777" w:rsidTr="00263740">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7915" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent5" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="6EFC594E" w14:textId="3B2920C8" w:rsidR="00FA3AFD" w:rsidRPr="00941D4E" w:rsidRDefault="00FA3AFD" w:rsidP="00263740">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="7E0B9ADF" w14:textId="5698ABAF" w:rsidR="0041572E" w:rsidRPr="0090753C" w:rsidRDefault="00784372" w:rsidP="003D1E5D">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+      </w:pPr>
+      <w:r>
+        <w:t>11</w:t>
+      </w:r>
+      <w:r w:rsidR="0041572E" w:rsidRPr="0090753C">
+        <w:t>.0</w:t>
+      </w:r>
+      <w:r w:rsidR="00B622B9" w:rsidRPr="0090753C">
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:id="11" w:name="Timelines"/>
+      <w:r w:rsidR="00B622B9" w:rsidRPr="0090753C">
+        <w:t>Study Timelines</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="11"/>
+    </w:p>
+    <w:p w14:paraId="64F420C8" w14:textId="1FA93C83" w:rsidR="00B622B9" w:rsidRPr="00941D4E" w:rsidRDefault="00784372" w:rsidP="00CD0DE8">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="1440" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>11</w:t>
+      </w:r>
+      <w:r w:rsidR="00B622B9" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>.1</w:t>
+      </w:r>
+      <w:r w:rsidR="00B622B9" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">What is the anticipated duration needed to </w:t>
+      </w:r>
+      <w:r w:rsidR="00B622B9" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>enroll</w:t>
+      </w:r>
+      <w:r w:rsidR="00B622B9" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> all study subjects</w:t>
+      </w:r>
+      <w:r w:rsidR="00904F83" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>/review all charts/collect all data</w:t>
+      </w:r>
+      <w:r w:rsidR="00B622B9" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>?</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="1435" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7915"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00B622B9" w:rsidRPr="00941D4E" w14:paraId="7419D424" w14:textId="77777777" w:rsidTr="00816B6E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7915" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent5" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="46F65B50" w14:textId="7F0D0D1B" w:rsidR="00B622B9" w:rsidRPr="00941D4E" w:rsidRDefault="00B622B9" w:rsidP="00816B6E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="648F9E37" w14:textId="1C668661" w:rsidR="00B622B9" w:rsidRPr="00941D4E" w:rsidRDefault="00784372" w:rsidP="008A2C28">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="120"/>
+        <w:ind w:left="1440" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>11</w:t>
+      </w:r>
+      <w:r w:rsidR="00B622B9" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>.2</w:t>
+      </w:r>
+      <w:r w:rsidR="00B622B9" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">What is the duration of an individual subject’s </w:t>
+      </w:r>
+      <w:r w:rsidR="00B622B9" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>participation</w:t>
+      </w:r>
+      <w:r w:rsidR="00B622B9" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in the study? Include length of study visits, and overall study follow-up time.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="1435" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7915"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00B622B9" w:rsidRPr="00941D4E" w14:paraId="631ED414" w14:textId="77777777" w:rsidTr="00816B6E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7915" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent5" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="300C4E26" w14:textId="77777777" w:rsidR="00B622B9" w:rsidRPr="00941D4E" w:rsidRDefault="00B622B9" w:rsidP="00816B6E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="74AE251C" w14:textId="4D7FFBFC" w:rsidR="00B622B9" w:rsidRPr="00941D4E" w:rsidRDefault="00784372" w:rsidP="008A2C28">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="120"/>
+        <w:ind w:left="1440" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>11</w:t>
+      </w:r>
+      <w:r w:rsidR="00B622B9" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>.3</w:t>
+      </w:r>
+      <w:r w:rsidR="00B622B9" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">What is the estimated duration for the investigators to </w:t>
+      </w:r>
+      <w:r w:rsidR="00B622B9" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>complete</w:t>
+      </w:r>
+      <w:r w:rsidR="00B622B9" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> this study (i.e. all data is </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00B622B9" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>collected</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00B622B9" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and all analyses have been completed)?</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="1435" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7915"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00B622B9" w:rsidRPr="00941D4E" w14:paraId="45C1B71E" w14:textId="77777777" w:rsidTr="00816B6E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7915" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent5" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="584E0FD1" w14:textId="77777777" w:rsidR="00B622B9" w:rsidRPr="0037338D" w:rsidRDefault="00B622B9" w:rsidP="00816B6E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+                <w:strike/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="4CBB64D5" w14:textId="6346502D" w:rsidR="00490AD0" w:rsidRDefault="00E57AD9" w:rsidP="003D1E5D">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0090753C">
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00784372">
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00595674" w:rsidRPr="0090753C">
+        <w:t>.0</w:t>
+      </w:r>
+      <w:r w:rsidR="00595674" w:rsidRPr="0090753C">
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:id="12" w:name="Inclusion"/>
+      <w:r w:rsidR="00490AD0" w:rsidRPr="0090753C">
+        <w:t>Inclusion and Exclusion Criteria</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="12"/>
+      <w:r w:rsidR="000A3EEB">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13FEA730" w14:textId="49AD2426" w:rsidR="00904F83" w:rsidRPr="00941D4E" w:rsidRDefault="00E57AD9" w:rsidP="00CD0DE8">
+      <w:pPr>
+        <w:spacing w:before="240"/>
+        <w:ind w:left="1440" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="0025627D">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD0DE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="0025627D">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00490AD0" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00904F83" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Describe the criteria that define who will be </w:t>
+      </w:r>
+      <w:r w:rsidR="00904F83" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
           <w:b/>
+        </w:rPr>
+        <w:t>included</w:t>
+      </w:r>
+      <w:r w:rsidR="00904F83" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in your final study sample. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1940BE71" w14:textId="565477CF" w:rsidR="00904F83" w:rsidRPr="00941D4E" w:rsidRDefault="00904F83" w:rsidP="008A2C28">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:ind w:left="1440"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">If you are also reviewing charts, include the date range of the charts/records that will be included and </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>all of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the additional criteria that define which charts/records will be included in your final study. NOTE: This may be done in bullet point fashion.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="1435" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7915"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00024048" w:rsidRPr="00941D4E" w14:paraId="08425F9F" w14:textId="77777777" w:rsidTr="00750846">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7915" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent5" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="55DC8760" w14:textId="0E5D7BBC" w:rsidR="00024048" w:rsidRPr="00941D4E" w:rsidRDefault="00024048" w:rsidP="00490AD0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="4FE7CB63" w14:textId="7A6F672D" w:rsidR="00904F83" w:rsidRPr="00941D4E" w:rsidRDefault="00E57AD9" w:rsidP="00904F83">
+      <w:pPr>
+        <w:spacing w:before="240"/>
+        <w:ind w:left="1440" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="0025627D">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD0DE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="0025627D">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00BC3FA6" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00904F83" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Describe the criteria that define who will be </w:t>
+      </w:r>
+      <w:r w:rsidR="00904F83" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>excluded</w:t>
+      </w:r>
+      <w:r w:rsidR="00904F83" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> from your final study sample. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="616279E8" w14:textId="546613EB" w:rsidR="00904F83" w:rsidRPr="00941D4E" w:rsidRDefault="00904F83" w:rsidP="008A2C28">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="1440"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>If you are also reviewing charts, describe the criteria that define which charts/records will be excluded from your final study.</w:t>
+      </w:r>
+      <w:r w:rsidR="00A00213" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>NOTE: This may be done in bullet point fashion.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="1440" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7910"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00953B15" w:rsidRPr="00941D4E" w14:paraId="3622B639" w14:textId="77777777" w:rsidTr="00953B15">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9350" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent5" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="6BE47328" w14:textId="1B632751" w:rsidR="00953B15" w:rsidRPr="00941D4E" w:rsidRDefault="00953B15" w:rsidP="00953B15">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="2AFFD906" w14:textId="51B0B7BC" w:rsidR="00E57AD9" w:rsidRPr="00941D4E" w:rsidRDefault="00E57AD9" w:rsidP="008A2C28">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="120"/>
+        <w:ind w:left="1440" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="0025627D">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD0DE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="0025627D">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="00904F83" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Specify age range of subjects to be included:</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="1440" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7910"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00E57AD9" w:rsidRPr="00941D4E" w14:paraId="404CBA25" w14:textId="77777777" w:rsidTr="0025627D">
+        <w:trPr>
+          <w:trHeight w:val="170"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7910" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent5" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="06B3F1B7" w14:textId="751E78BA" w:rsidR="00E57AD9" w:rsidRPr="00941D4E" w:rsidRDefault="00E57AD9" w:rsidP="00A230A7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="1625702B" w14:textId="79F988E9" w:rsidR="0025627D" w:rsidRPr="00941D4E" w:rsidRDefault="0025627D" w:rsidP="0025627D">
+      <w:pPr>
+        <w:pStyle w:val="BlockText"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:left="1440" w:right="0" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cstheme="minorHAnsi"/>
           <w:i w:val="0"/>
-        </w:rPr>
-[...39 lines deleted...]
-        <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00416638">
-        <w:rPr>
+      <w:r w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cstheme="minorHAnsi"/>
+          <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">NOTE:  For records review studies, the first set of criteria on the </w:t>
+        <w:t>1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cstheme="minorHAnsi"/>
+          <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>“</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cstheme="minorHAnsi"/>
+          <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>CHECKLIST</w:t>
+        <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cstheme="minorHAnsi"/>
+          <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>: Waiver or Alteration of Consent Process</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cstheme="minorHAnsi"/>
+          <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:tab/>
+        <w:t>Are you including non-English speaking individuals in your study?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="354CCE5B" w14:textId="77777777" w:rsidR="0025627D" w:rsidRPr="00941D4E" w:rsidRDefault="0025627D" w:rsidP="0025627D">
+      <w:pPr>
+        <w:pStyle w:val="BlockText"/>
+        <w:ind w:left="1440"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cstheme="minorHAnsi"/>
+          <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>(</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cstheme="minorHAnsi"/>
+          <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>HRP-410</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>The ethical principles of equitable selection of subjects requires that non-English speaking individuals not be routinely excluded from research as a matter of convenience.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E953D64" w14:textId="77777777" w:rsidR="0025627D" w:rsidRPr="00941D4E" w:rsidRDefault="0025627D" w:rsidP="0025627D">
+      <w:pPr>
+        <w:pStyle w:val="BlockText"/>
+        <w:spacing w:before="0"/>
+        <w:ind w:left="1440" w:right="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cstheme="minorHAnsi"/>
+          <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>)”</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cstheme="minorHAnsi"/>
+          <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> applies. </w:t>
-[...7 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve">However, there are studies in which it would be reasonable to limit subjects to those who speak English. Some examples may </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cstheme="minorHAnsi"/>
           <w:i w:val="0"/>
-        </w:rPr>
-[...2 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>include:</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cstheme="minorHAnsi"/>
           <w:i w:val="0"/>
-        </w:rPr>
-[...8 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Pilot studies with no direct benefit, validated instruments not available in other languages, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cstheme="minorHAnsi"/>
           <w:i w:val="0"/>
-        </w:rPr>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">If the </w:t>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">or </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cstheme="minorHAnsi"/>
+          <w:i w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>some non-therapeutic studies which offer no direct benefit</w:t>
       </w:r>
       <w:r>
-        <w:t>research</w:t>
-[...37 lines deleted...]
-        <w:rPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cstheme="minorHAnsi"/>
           <w:i w:val="0"/>
-        </w:rPr>
-[...34 lines deleted...]
-          <w:i w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E611858" w14:textId="41DE2B42" w:rsidR="0025627D" w:rsidRPr="00941D4E" w:rsidRDefault="00E22DC4" w:rsidP="0025627D">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="1440"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Segoe UI Symbol"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:b/>
-            <w:i w:val="0"/>
+            <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Segoe UI Symbol"/>
           </w:rPr>
-          <w:id w:val="-1363976037"/>
+          <w:id w:val="-1352327311"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="006F74DC">
+          <w:r w:rsidR="009774DE">
             <w:rPr>
-              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
-[...1 lines deleted...]
-              <w:i w:val="0"/>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Segoe UI Symbol" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="000F7229" w:rsidRPr="00AC23B9">
-[...42 lines deleted...]
-          <w:i w:val="0"/>
+      <w:r w:rsidR="0025627D" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Segoe UI Symbol"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Yes </w:t>
+      </w:r>
+      <w:r w:rsidR="0025627D" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Segoe UI Symbol"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F0AE"/>
+      </w:r>
+      <w:r w:rsidR="0025627D" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0025627D" w:rsidRPr="002B4FC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>📎</w:t>
+      </w:r>
+      <w:r w:rsidR="0025627D" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>Complete the “</w:t>
+      </w:r>
+      <w:r w:rsidR="0025627D" w:rsidRPr="003B46EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>HRP-511_Non-English Supplement</w:t>
+      </w:r>
+      <w:r w:rsidR="0025627D" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">”, located in the ‘Templates’ section of the Click Library and </w:t>
+      </w:r>
+      <w:r w:rsidR="0037338D" w:rsidRPr="0037338D">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>upload it to the ‘Basic Study Information’ smart-form page of your Click submission under “Attach the protocol”</w:t>
+      </w:r>
+      <w:r w:rsidR="0025627D" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00313785">
-[...241 lines deleted...]
-          <w:i w:val="0"/>
+    </w:p>
+    <w:p w14:paraId="0DEFBAD8" w14:textId="06F6AF25" w:rsidR="0025627D" w:rsidRPr="00941D4E" w:rsidRDefault="00E22DC4" w:rsidP="0025627D">
+      <w:pPr>
+        <w:ind w:left="1440"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Segoe UI Symbol"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:b/>
-            <w:i w:val="0"/>
+            <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Segoe UI Symbol"/>
           </w:rPr>
-          <w:id w:val="1849836824"/>
+          <w:id w:val="-1994630982"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="006F74DC">
+          <w:r w:rsidR="009774DE">
             <w:rPr>
-              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
-[...1 lines deleted...]
-              <w:i w:val="0"/>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Segoe UI Symbol" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="00462AC8" w:rsidRPr="00462AC8">
-        <w:rPr>
+      <w:r w:rsidR="0025627D" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Segoe UI Symbol"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> No </w:t>
+      </w:r>
+      <w:r w:rsidR="0025627D" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Segoe UI Symbol"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F0AE"/>
+      </w:r>
+      <w:r w:rsidR="0025627D" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Segoe UI Symbol"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Explain why non-English speaking individuals will not be included:</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="1435" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7915"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="0025627D" w:rsidRPr="00941D4E" w14:paraId="5E061391" w14:textId="77777777" w:rsidTr="00346C4A">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7915" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent5" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="40DF9FE6" w14:textId="4C7426BA" w:rsidR="0025627D" w:rsidRPr="00941D4E" w:rsidRDefault="0025627D" w:rsidP="00346C4A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="4010287D" w14:textId="2E8E5B19" w:rsidR="00AA2C73" w:rsidRDefault="00800E88" w:rsidP="003D1E5D">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0037338D">
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="0025627D" w:rsidRPr="0037338D">
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA2C73" w:rsidRPr="0037338D">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA2C73" w:rsidRPr="0090753C">
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA2C73" w:rsidRPr="0090753C">
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:id="13" w:name="Eligibility"/>
+      <w:r w:rsidR="00AA2C73" w:rsidRPr="0090753C">
+        <w:t>Eligibility Screening</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="13"/>
+      <w:r w:rsidR="000A3EEB">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4EA97B10" w14:textId="2A237944" w:rsidR="00233A95" w:rsidRPr="00233A95" w:rsidRDefault="00233A95" w:rsidP="00233A95">
+      <w:pPr>
+        <w:spacing w:before="120"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00FA3AFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+        </w:rPr>
+        <w:t>📎</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">NOTE: Upload all screening documents </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD0DE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Click </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46EE270E" w14:textId="5C413E98" w:rsidR="00AA2C73" w:rsidRPr="00941D4E" w:rsidRDefault="00800E88" w:rsidP="00941D4E">
+      <w:pPr>
+        <w:pStyle w:val="BlockText"/>
+        <w:spacing w:before="0"/>
+        <w:ind w:right="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cstheme="minorHAnsi"/>
           <w:i w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cstheme="minorHAnsi"/>
+          <w:i w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="0025627D">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cstheme="minorHAnsi"/>
+          <w:i w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA2C73" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cstheme="minorHAnsi"/>
+          <w:i w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.1</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA2C73" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cstheme="minorHAnsi"/>
+          <w:i w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">We will be following </w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve">Are there screening procedures in place for determining subjects’ eligibility?  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="395D24F8" w14:textId="77777777" w:rsidR="00AA2C73" w:rsidRPr="00941D4E" w:rsidRDefault="00AA2C73" w:rsidP="00AA2C73">
+      <w:pPr>
+        <w:pStyle w:val="BlockText"/>
+        <w:ind w:left="1440" w:right="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cstheme="minorHAnsi"/>
           <w:i w:val="0"/>
-        </w:rPr>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cstheme="minorHAnsi"/>
           <w:i w:val="0"/>
-        </w:rPr>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Screening refers to determining if prospective participants meet inclusion and exclusion criteria. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4560129D" w14:textId="77777777" w:rsidR="00AA2C73" w:rsidRPr="00941D4E" w:rsidRDefault="00AA2C73" w:rsidP="00AA2C73">
+      <w:pPr>
+        <w:pStyle w:val="BlockText"/>
+        <w:spacing w:after="240"/>
+        <w:ind w:left="1440" w:right="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cstheme="minorHAnsi"/>
           <w:i w:val="0"/>
-        </w:rPr>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cstheme="minorHAnsi"/>
           <w:i w:val="0"/>
-        </w:rPr>
-[...63 lines deleted...]
-          <w:i w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NOTE: If you are reviewing records, include parameters/procedures you will be using for determining inclusion into the study (e.g. ICD codes)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11B6E6AE" w14:textId="4394947A" w:rsidR="00AA2C73" w:rsidRPr="00941D4E" w:rsidRDefault="00E22DC4" w:rsidP="00AA2C73">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="720" w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:b/>
-            <w:i w:val="0"/>
+            <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
           </w:rPr>
-          <w:id w:val="-1668087249"/>
+          <w:id w:val="948888444"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="006F74DC">
+          <w:r w:rsidR="00D761A0" w:rsidRPr="00941D4E">
             <w:rPr>
-              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
-[...1 lines deleted...]
-              <w:i w:val="0"/>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="008674D9" w:rsidRPr="00113BB7">
-[...648 lines deleted...]
-          <w:i w:val="0"/>
+      <w:r w:rsidR="00AA2C73" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> No </w:t>
+      </w:r>
+      <w:r w:rsidR="00EE6EE7" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F0AE"/>
+      </w:r>
+      <w:r w:rsidR="00204466" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Skip to </w:t>
+      </w:r>
+      <w:r w:rsidR="00800E88" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="0025627D">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="00800E88" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>.0</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30BC6C4A" w14:textId="15B989DA" w:rsidR="00AA2C73" w:rsidRPr="00941D4E" w:rsidRDefault="00E22DC4" w:rsidP="00064EDE">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:ind w:left="720" w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:b/>
-            <w:i w:val="0"/>
+            <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
           </w:rPr>
-          <w:id w:val="-1755352232"/>
+          <w:id w:val="-576745709"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="006F74DC">
+          <w:r w:rsidR="00557A38" w:rsidRPr="00941D4E">
             <w:rPr>
-              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
-[...1 lines deleted...]
-              <w:i w:val="0"/>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="002A7174" w:rsidRPr="00113BB7">
+      <w:r w:rsidR="00AA2C73" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Yes </w:t>
+      </w:r>
+      <w:r w:rsidR="00AA2C73" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F0AE"/>
+      </w:r>
+      <w:r w:rsidR="00AA2C73" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Describe screening procedures below</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE18F4" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="7920" w:type="dxa"/>
+        <w:tblInd w:w="1435" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7920"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00AA2C73" w:rsidRPr="00941D4E" w14:paraId="742D469E" w14:textId="77777777" w:rsidTr="00A230A7">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7920" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent5" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="47932CDF" w14:textId="265CCC47" w:rsidR="00AA2C73" w:rsidRPr="00941D4E" w:rsidRDefault="00AA2C73" w:rsidP="00AA2C73">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="0F6BED99" w14:textId="04250AE0" w:rsidR="00F12744" w:rsidRPr="0090753C" w:rsidRDefault="00800E88" w:rsidP="003D1E5D">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="14" w:name="_Toc536104479"/>
+      <w:r>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="0025627D">
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA2C73" w:rsidRPr="0090753C">
+        <w:t>.0</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA2C73" w:rsidRPr="0090753C">
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="002A7174" w:rsidRPr="009B019B">
-        <w:rPr>
+      <w:bookmarkStart w:id="15" w:name="Recruitment"/>
+      <w:r w:rsidR="00AA2C73" w:rsidRPr="0090753C">
+        <w:t xml:space="preserve">Recruitment </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="15"/>
+      <w:r w:rsidR="00AA2C73" w:rsidRPr="0090753C">
+        <w:t>Methods</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="14"/>
+    </w:p>
+    <w:p w14:paraId="6D743541" w14:textId="0A11087F" w:rsidR="0037064B" w:rsidRDefault="00E22DC4" w:rsidP="00064EDE">
+      <w:pPr>
+        <w:spacing w:before="120"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+          </w:rPr>
+          <w:id w:val="-1909911313"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="0037064B" w:rsidRPr="00941D4E">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="0037064B" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> N/A: This study is not enrolling subjects, or is limited to records review procedures only </w:t>
+      </w:r>
+      <w:r w:rsidR="0037064B" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F0AE"/>
+      </w:r>
+      <w:r w:rsidR="0037064B" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Skip to </w:t>
+      </w:r>
+      <w:r w:rsidR="001905C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="0025627D">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="0037064B" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>.0</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="738430EC" w14:textId="5D3139AA" w:rsidR="00FA3AFD" w:rsidRPr="00941D4E" w:rsidRDefault="00FA3AFD" w:rsidP="00064EDE">
+      <w:pPr>
+        <w:spacing w:before="120"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA3AFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+        </w:rPr>
+        <w:t>📎</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">NOTE: Upload all documents to </w:t>
+      </w:r>
+      <w:r w:rsidR="00D216D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Recruitment section in </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Click </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51C29CA6" w14:textId="4C43B9E9" w:rsidR="00AA2C73" w:rsidRPr="00941D4E" w:rsidRDefault="00800E88" w:rsidP="00AA2C73">
+      <w:pPr>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="16" w:name="_Hlk178937488"/>
+      <w:r w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="0025627D">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA2C73" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>.1</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA2C73" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">When, where, and how will potential subjects be recruited? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32007D86" w14:textId="77777777" w:rsidR="00AA2C73" w:rsidRPr="00941D4E" w:rsidRDefault="00AA2C73" w:rsidP="00064EDE">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:ind w:left="1440"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">NOTE: Recruitment refers to how you identify potential participants and introduce them to the study. Include specific methods you will use (e.g. Research Participant Groups, posted advertisements, accessing medical records, etc.). </w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="1435" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7915"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00AA2C73" w:rsidRPr="00941D4E" w14:paraId="37FA1ED0" w14:textId="77777777" w:rsidTr="00A230A7">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7915" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent5" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="57DC42C3" w14:textId="1E69A790" w:rsidR="00AA2C73" w:rsidRPr="00941D4E" w:rsidRDefault="00AA2C73" w:rsidP="00AA2C73">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkEnd w:id="16"/>
+    <w:p w14:paraId="117CE197" w14:textId="2B7EEA4F" w:rsidR="00AA2C73" w:rsidRPr="00941D4E" w:rsidRDefault="00800E88" w:rsidP="002B4FC6">
+      <w:pPr>
+        <w:spacing w:before="240"/>
+        <w:ind w:left="1440" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="0025627D">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA2C73" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>.2</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA2C73" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>How will you protect the privacy interests of prospective subjects during the recruitment process?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7EE71107" w14:textId="4080E83A" w:rsidR="00AA2C73" w:rsidRPr="00941D4E" w:rsidRDefault="00AA2C73" w:rsidP="00064EDE">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="1440"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">NOTE: Privacy refers to an individual’s right to control access to him or herself. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="491AEB12" w14:textId="1238FE31" w:rsidR="00641608" w:rsidRPr="00670661" w:rsidRDefault="00641608" w:rsidP="00064EDE">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="1440"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00670661">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>NOTE: If accessing medical records in advance of a medical appointment,</w:t>
+      </w:r>
+      <w:r w:rsidR="005D26CE" w:rsidRPr="00670661">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B34C75" w:rsidRPr="00670661">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>note that you will be requesting a Partial/Limited HIPAA Waiver</w:t>
+      </w:r>
+      <w:r w:rsidR="00472E6C" w:rsidRPr="00670661">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> below, and </w:t>
+      </w:r>
+      <w:r w:rsidR="00757439" w:rsidRPr="00670661">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+        </w:rPr>
+        <w:t>📎</w:t>
+      </w:r>
+      <w:r w:rsidR="0071644A">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Complete </w:t>
+      </w:r>
+      <w:r w:rsidR="00212C83" w:rsidRPr="00670661">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidR="00472E6C" w:rsidRPr="00670661">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> HRP-611 Partial/</w:t>
+      </w:r>
+      <w:r w:rsidR="00B30E96" w:rsidRPr="00670661">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Limited HIPAA Waiver </w:t>
+      </w:r>
+      <w:r w:rsidR="0071644A" w:rsidRPr="00670661">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>located in the ‘Templates’ section of the Click Library and include it with your Click submission.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="1435" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7915"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00AA2C73" w:rsidRPr="00941D4E" w14:paraId="6F5E4232" w14:textId="77777777" w:rsidTr="002D3A20">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7915" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent5" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="01853C12" w14:textId="08ACD272" w:rsidR="00AA2C73" w:rsidRPr="00941D4E" w:rsidRDefault="00AA2C73" w:rsidP="00AA2C73">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="0E1E7932" w14:textId="4BF2D651" w:rsidR="00AA2C73" w:rsidRPr="00941D4E" w:rsidRDefault="00800E88" w:rsidP="00941D4E">
+      <w:pPr>
+        <w:spacing w:before="240"/>
+        <w:ind w:left="1440" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="0025627D">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA2C73" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>.3</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA2C73" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">If you are recruiting via social media, </w:t>
+      </w:r>
+      <w:r w:rsidR="00F607A9" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>will the commenting be turned off and sharing be disabled?</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA2C73" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12FCDAED" w14:textId="6E891307" w:rsidR="004E3E66" w:rsidRPr="00941D4E" w:rsidRDefault="00E22DC4" w:rsidP="004E3E66">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="1440"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+          </w:rPr>
+          <w:id w:val="-959106284"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="0033213B">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="004E3E66" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> N/A</w:t>
+      </w:r>
+      <w:r w:rsidR="00C22FBB" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>: We</w:t>
+      </w:r>
+      <w:r w:rsidR="004E3E66" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> are not recruiting via social media</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="421C29F0" w14:textId="50B77001" w:rsidR="00AA2C73" w:rsidRPr="00941D4E" w:rsidRDefault="00E22DC4" w:rsidP="00AA2C73">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="1440"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+          </w:rPr>
+          <w:id w:val="1160882512"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="0033213B">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00AA2C73" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004E3E66" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+        </w:rPr>
+        <w:t>Yes, c</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA2C73" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+        </w:rPr>
+        <w:t>ommenting will be turned off and sharing will be disabled.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D81AD8F" w14:textId="0B96539F" w:rsidR="00AA2C73" w:rsidRPr="00941D4E" w:rsidRDefault="00E22DC4" w:rsidP="004E3E66">
+      <w:pPr>
+        <w:ind w:left="1440"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+          </w:rPr>
+          <w:id w:val="-467971232"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="0033213B">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00AA2C73" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F607A9" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">No </w:t>
+      </w:r>
+      <w:r w:rsidR="00F607A9" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F0AE"/>
+      </w:r>
+      <w:r w:rsidR="00F607A9" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Explain why not:</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="1440" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7910"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="004E3E66" w:rsidRPr="00941D4E" w14:paraId="429F2909" w14:textId="77777777" w:rsidTr="004E3E66">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9350" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent5" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C2AD7A1" w14:textId="748E3075" w:rsidR="004E3E66" w:rsidRPr="00941D4E" w:rsidRDefault="004E3E66" w:rsidP="00AA2C73">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="2CC1F893" w14:textId="237B5278" w:rsidR="00AA2C73" w:rsidRDefault="001905C2" w:rsidP="003D1E5D">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+      </w:pPr>
+      <w:r>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00E3658F">
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA2C73" w:rsidRPr="0090753C">
+        <w:t>.0</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA2C73" w:rsidRPr="0090753C">
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:id="17" w:name="procedures"/>
+      <w:r w:rsidR="00AA2C73" w:rsidRPr="0090753C">
+        <w:t>Procedures</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="17"/>
+    </w:p>
+    <w:p w14:paraId="1A852BF1" w14:textId="70B27DF6" w:rsidR="00FA3AFD" w:rsidRPr="00FA3AFD" w:rsidRDefault="00FA3AFD" w:rsidP="00FA3AFD">
+      <w:pPr>
+        <w:spacing w:before="120"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:id="18" w:name="_Hlk218501637"/>
+      <w:r w:rsidRPr="00FA3AFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+        </w:rPr>
+        <w:t>📎</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="18"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">NOTE: Upload all </w:t>
+      </w:r>
+      <w:r w:rsidR="00233A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>data collection materials</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD0DE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Click </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2869E9BC" w14:textId="62B04E36" w:rsidR="00AA2C73" w:rsidRPr="00941D4E" w:rsidRDefault="001905C2" w:rsidP="002B4FC6">
+      <w:pPr>
+        <w:spacing w:before="120"/>
+        <w:ind w:left="1440" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00E3658F">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA2C73" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>.1</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA2C73" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Describe all research procedures or activities and include a timeline or schedule of events table of the research procedures. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="528AB51D" w14:textId="5352711C" w:rsidR="0025627D" w:rsidRDefault="004C2521" w:rsidP="00064EDE">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="1440"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">This section should include enough detail to serve as a blueprint </w:t>
+      </w:r>
+      <w:r w:rsidR="0025627D">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>for your study.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="1440" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7910"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00AA2C73" w:rsidRPr="00941D4E" w14:paraId="165CAFD8" w14:textId="77777777" w:rsidTr="00AA2C73">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9350" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent5" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E5E6530" w14:textId="15C634DA" w:rsidR="00AA2C73" w:rsidRPr="0033213B" w:rsidRDefault="00AA2C73" w:rsidP="00AA2C73">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="39679A11" w14:textId="65E090EF" w:rsidR="00AA2C73" w:rsidRPr="00941D4E" w:rsidRDefault="001905C2" w:rsidP="00064EDE">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="120"/>
+        <w:ind w:left="1440" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00E3658F">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA2C73" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>.2</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA2C73" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00514041" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>Describe the data that will be collected or received and the process to collect or obtain the data.</w:t>
+      </w:r>
+      <w:r w:rsidR="00A00213" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AA2C73" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">NOTE: For studies with multiple data collection points or long-term follow up, consider the addition of a schedule or table in your response. </w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="1435" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7915"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00AA2C73" w:rsidRPr="00941D4E" w14:paraId="2E68DC67" w14:textId="77777777" w:rsidTr="00AA2C73">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7915" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent5" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="568E5BE9" w14:textId="48D8926D" w:rsidR="00AA2C73" w:rsidRPr="0033213B" w:rsidRDefault="00AA2C73" w:rsidP="00AA2C73">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="509B3B82" w14:textId="6F070287" w:rsidR="00AA2C73" w:rsidRPr="00941D4E" w:rsidRDefault="001905C2" w:rsidP="00941D4E">
+      <w:pPr>
+        <w:spacing w:before="240"/>
+        <w:ind w:left="1440" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00E3658F">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA2C73" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00256834">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA2C73" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Will any source records be used to collect data about subjects (e.g. electronic medical records, school records, etc.)?</w:t>
+      </w:r>
+      <w:r w:rsidR="00557A38" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00557A38" w:rsidRPr="00B113FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>📎</w:t>
+      </w:r>
+      <w:r w:rsidR="00557A38" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Include </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00557A38" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00557A38" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> HRP-612-HIPAA-Waiver with your submission</w:t>
+      </w:r>
+      <w:r w:rsidR="00557A38" w:rsidRPr="00941D4E" w:rsidDel="00236820">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00557A38" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidR="00A00213" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>f you are accessing the medical record without consent/authorization</w:t>
+      </w:r>
+      <w:r w:rsidR="00557A38" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00A00213" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E46C81C" w14:textId="156CA1DF" w:rsidR="00AA2C73" w:rsidRPr="00941D4E" w:rsidRDefault="00E22DC4" w:rsidP="00AA2C73">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="1440"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+          </w:rPr>
+          <w:id w:val="1353002837"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="0033213B">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00AA2C73" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> No</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0AAE6152" w14:textId="26F72318" w:rsidR="00AA2C73" w:rsidRPr="00941D4E" w:rsidRDefault="00E22DC4" w:rsidP="00A00213">
+      <w:pPr>
+        <w:ind w:left="1440"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+          </w:rPr>
+          <w:id w:val="-2143185881"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="0033213B">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00AA2C73" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Yes </w:t>
+      </w:r>
+      <w:r w:rsidR="00AA2C73" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F0AE"/>
+      </w:r>
+      <w:r w:rsidR="00AA2C73" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> List the source below and include the location of the records (e.g. hospital, EMR system name). </w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="7920" w:type="dxa"/>
+        <w:tblInd w:w="1435" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3231"/>
+        <w:gridCol w:w="4689"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00AA2C73" w:rsidRPr="00941D4E" w14:paraId="46FC11B1" w14:textId="77777777" w:rsidTr="00AA2C73">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3231" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5ED842E1" w14:textId="77777777" w:rsidR="00AA2C73" w:rsidRPr="00941D4E" w:rsidRDefault="00AA2C73" w:rsidP="00AA2C73">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00941D4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Source</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="298AA581" w14:textId="77777777" w:rsidR="00AA2C73" w:rsidRPr="00941D4E" w:rsidRDefault="00AA2C73" w:rsidP="00AA2C73">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00941D4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Location</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AA2C73" w:rsidRPr="00941D4E" w14:paraId="5A7BE432" w14:textId="77777777" w:rsidTr="002D3A20">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3231" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent5" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F3F863F" w14:textId="722C393E" w:rsidR="00AA2C73" w:rsidRPr="0033213B" w:rsidRDefault="00AA2C73" w:rsidP="00AA2C73">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4689" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent5" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="530DFBA6" w14:textId="77777777" w:rsidR="00AA2C73" w:rsidRPr="0033213B" w:rsidRDefault="00AA2C73" w:rsidP="00AA2C73">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AA2C73" w:rsidRPr="00941D4E" w14:paraId="749003F0" w14:textId="77777777" w:rsidTr="002D3A20">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3231" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent5" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="5DEE4AA6" w14:textId="77777777" w:rsidR="00AA2C73" w:rsidRPr="0033213B" w:rsidRDefault="00AA2C73" w:rsidP="00AA2C73">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4689" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent5" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="19B29F25" w14:textId="77777777" w:rsidR="00AA2C73" w:rsidRPr="0033213B" w:rsidRDefault="00AA2C73" w:rsidP="00AA2C73">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="53F4028D" w14:textId="39DFDAEA" w:rsidR="00AA2C73" w:rsidRPr="00941D4E" w:rsidRDefault="001905C2" w:rsidP="00941D4E">
+      <w:pPr>
+        <w:spacing w:before="240"/>
+        <w:ind w:left="1440" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00E3658F">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA2C73" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00256834">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA2C73" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Will </w:t>
+      </w:r>
+      <w:r w:rsidR="00AA2C73" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>individual</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA2C73" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> subject results, such as results of investigational diagnostic tests, genetic tests, or incidental findings be share</w:t>
+      </w:r>
+      <w:r w:rsidR="005C6C44" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>d with subjects or others (e.g.</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA2C73" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the subject’s primary care physician)? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5312B882" w14:textId="247280E3" w:rsidR="00AA2C73" w:rsidRPr="00941D4E" w:rsidRDefault="00E22DC4" w:rsidP="00AA2C73">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="1440"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+          </w:rPr>
+          <w:id w:val="1604145018"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="0033213B">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00AA2C73" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> No</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="103D328A" w14:textId="1B014665" w:rsidR="00AA2C73" w:rsidRPr="00941D4E" w:rsidRDefault="00E22DC4" w:rsidP="00064EDE">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:ind w:left="1440"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+          </w:rPr>
+          <w:id w:val="662743895"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="0033213B">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00AA2C73" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Yes </w:t>
+      </w:r>
+      <w:r w:rsidR="00AA2C73" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F0AE"/>
+      </w:r>
+      <w:r w:rsidR="00AA2C73" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DC1BE6" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>Which results will be shared,</w:t>
+      </w:r>
+      <w:r w:rsidR="004C2521" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and how will they be shared? </w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="1440" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7910"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00AA2C73" w:rsidRPr="00941D4E" w14:paraId="26E5AE3E" w14:textId="77777777" w:rsidTr="00AA2C73">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9350" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent5" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="16C88D69" w14:textId="77777777" w:rsidR="00AA2C73" w:rsidRPr="0033213B" w:rsidRDefault="00AA2C73" w:rsidP="00AA2C73">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="545A43BC" w14:textId="70312317" w:rsidR="00AA2C73" w:rsidRPr="00941D4E" w:rsidRDefault="001905C2" w:rsidP="00941D4E">
+      <w:pPr>
+        <w:spacing w:before="240"/>
+        <w:ind w:left="1440" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00E3658F">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA2C73" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00256834">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA2C73" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Do you intend to </w:t>
+      </w:r>
+      <w:r w:rsidR="000E1ECA" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>share</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA2C73" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00757439">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">interim and/or final </w:t>
+      </w:r>
+      <w:r w:rsidR="00AA2C73" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>study</w:t>
+      </w:r>
+      <w:r w:rsidR="000E1ECA" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> results with subjects? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25E55A84" w14:textId="347B5939" w:rsidR="00AA2C73" w:rsidRPr="00941D4E" w:rsidRDefault="00E22DC4" w:rsidP="00AA2C73">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="1440"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:rPr>
+          <w:id w:val="1424919708"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="0033213B">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00AA2C73" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AA2C73" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>No</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11B06279" w14:textId="00ABF075" w:rsidR="000E1ECA" w:rsidRPr="00941D4E" w:rsidRDefault="00E22DC4" w:rsidP="00064EDE">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:ind w:left="1440"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+          </w:rPr>
+          <w:id w:val="1824395136"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="0033213B">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00AA2C73" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Yes </w:t>
+      </w:r>
+      <w:r w:rsidR="00AA2C73" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F0AE"/>
+      </w:r>
+      <w:r w:rsidR="00AA2C73" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Describe below</w:t>
+      </w:r>
+      <w:r w:rsidR="00A230A7" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="1440" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7910"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00AA2C73" w:rsidRPr="00941D4E" w14:paraId="38D56E56" w14:textId="77777777" w:rsidTr="00B37BB1">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7910" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent5" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="052A0A2F" w14:textId="77777777" w:rsidR="00AA2C73" w:rsidRPr="0033213B" w:rsidRDefault="00AA2C73" w:rsidP="00AA2C73">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="0D84B27D" w14:textId="5BC960D1" w:rsidR="00B37BB1" w:rsidRPr="00941D4E" w:rsidRDefault="00B37BB1" w:rsidP="00B37BB1">
+      <w:pPr>
+        <w:spacing w:before="240"/>
+        <w:ind w:left="1440" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00E3658F">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00256834">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Do you intend to share </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>study</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> results with others (e.g. publishing to an academic journal, presenting at a conference, etc.)? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36C00C00" w14:textId="18FF9CF5" w:rsidR="00B37BB1" w:rsidRPr="00941D4E" w:rsidRDefault="00E22DC4" w:rsidP="00B37BB1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="1440"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:rPr>
+          <w:id w:val="682088017"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00A31574">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00B37BB1" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B37BB1" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>No</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00992463" w14:textId="2B61C6A1" w:rsidR="00B37BB1" w:rsidRPr="00941D4E" w:rsidRDefault="00E22DC4" w:rsidP="00B37BB1">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:ind w:left="1440"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+          </w:rPr>
+          <w:id w:val="1481803478"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="0033213B">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00B37BB1" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Yes </w:t>
+      </w:r>
+      <w:r w:rsidR="00B37BB1" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F0AE"/>
+      </w:r>
+      <w:r w:rsidR="00B37BB1" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Describe below:</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="1440" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7910"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00B37BB1" w:rsidRPr="00941D4E" w14:paraId="6B322D28" w14:textId="77777777" w:rsidTr="003B46EC">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7910" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent5" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E1588EA" w14:textId="77777777" w:rsidR="00B37BB1" w:rsidRPr="0033213B" w:rsidRDefault="00B37BB1" w:rsidP="00263740">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="7C0BC43B" w14:textId="6546935D" w:rsidR="003B46EC" w:rsidRDefault="003B46EC" w:rsidP="003D1E5D">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+      </w:pPr>
+      <w:r>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00E3658F">
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF523E">
+        <w:t>.0</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF523E">
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:id="19" w:name="privacy"/>
+      <w:r>
+        <w:t>Setting/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF523E">
+        <w:t>Provisions to Protect the Privacy Interests of Subjects</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="19"/>
+    </w:p>
+    <w:p w14:paraId="6A7414A0" w14:textId="77777777" w:rsidR="003B46EC" w:rsidRPr="002B4FC6" w:rsidRDefault="003B46EC" w:rsidP="003B46EC">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="22"/>
+        </w:numPr>
+        <w:spacing w:before="240" w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B4FC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>Privacy</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B4FC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> applies to the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002B4FC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>person, and</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002B4FC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> refers to an individual’s right to control access to him or herself.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02482E72" w14:textId="77777777" w:rsidR="003B46EC" w:rsidRPr="00B113FD" w:rsidRDefault="003B46EC" w:rsidP="003B46EC">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:before="360" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1800"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="262A899B" w14:textId="77777777" w:rsidR="003B46EC" w:rsidRPr="002B4FC6" w:rsidRDefault="003B46EC" w:rsidP="003B46EC">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="22"/>
+        </w:numPr>
+        <w:spacing w:before="120"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B4FC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>Confidentiality</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B4FC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> applies to the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002B4FC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>data, and</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002B4FC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> refers to how data collected about individuals for the research will be protected by the researcher from release.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48EDD002" w14:textId="3EC220F4" w:rsidR="003B46EC" w:rsidRPr="00941D4E" w:rsidRDefault="003B46EC" w:rsidP="003B46EC">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="1440" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00E3658F">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Describe the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B37BB1">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
           <w:b/>
-          <w:i w:val="0"/>
-[...17 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>location</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> where the research is being conducted, and the security and privacy of the facilities/sites (e.g. locked </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>facility</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, limited access, privacy barriers). Facility, department, and type of room are relevant. Do not abbreviate facility names.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6651BF41" w14:textId="77777777" w:rsidR="003B46EC" w:rsidRDefault="003B46EC" w:rsidP="003B46EC">
+      <w:pPr>
+        <w:spacing w:before="240"/>
+        <w:ind w:left="1440"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">NOTE: Examples of acceptable response may be: “A classroom setting in the Department of Psychology equipped with a computer with relevant survey administration software,” “The angiogram suite at Buffalo General Medical Center, a fully accredited tertiary care institution within New York State with badge access,” </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>or,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> “Community Center meeting hall.”</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="1440" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7910"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="003B46EC" w14:paraId="02DCED0B" w14:textId="77777777" w:rsidTr="00366E91">
+        <w:trPr>
+          <w:trHeight w:val="269"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9350" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent5" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="69231B58" w14:textId="77777777" w:rsidR="003B46EC" w:rsidRPr="003F7DBE" w:rsidRDefault="003B46EC" w:rsidP="00366E91">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="707E6BF3" w14:textId="4A7DBAFC" w:rsidR="003B46EC" w:rsidRPr="002B4FC6" w:rsidRDefault="003B46EC" w:rsidP="003B46EC">
+      <w:pPr>
+        <w:spacing w:before="240"/>
+        <w:ind w:left="1440" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00E3658F">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>.2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B4FC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">How will the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B37BB1">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>subjects’</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B4FC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> privacy interests be protected </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002B4FC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>during the course of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002B4FC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> this research?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D0048E2" w14:textId="77777777" w:rsidR="003B46EC" w:rsidRPr="002B4FC6" w:rsidRDefault="003B46EC" w:rsidP="003B46EC">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:ind w:left="1440"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B4FC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Examples of appropriate responses include: “Participant only meets with a study coordinator in a classroom setting where no one can overhear”, or “the participant is reminded that they are free to refuse to answer any questions that they do not feel comfortable answering.”  </w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="1440" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7910"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="003B46EC" w:rsidRPr="002B4FC6" w14:paraId="3C52369F" w14:textId="77777777" w:rsidTr="00366E91">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9350" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent5" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="4EF8DD64" w14:textId="77777777" w:rsidR="003B46EC" w:rsidRPr="002B4FC6" w:rsidRDefault="003B46EC" w:rsidP="00366E91">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="39063DD1" w14:textId="140F6390" w:rsidR="003B46EC" w:rsidRPr="002B4FC6" w:rsidRDefault="003B46EC" w:rsidP="003B46EC">
+      <w:pPr>
+        <w:spacing w:before="240"/>
+        <w:ind w:left="1440" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00E3658F">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>.3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B4FC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">How does the research team have permission to access any sources of information about the subjects? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F7E3C6A" w14:textId="77777777" w:rsidR="003B46EC" w:rsidRPr="002B4FC6" w:rsidRDefault="003B46EC" w:rsidP="003B46EC">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:ind w:left="1440"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B4FC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>NOTE: Examples of appropriate responses include school permission for review of records, consent of the subject, HIPAA waiver. This question does apply to records reviews.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpXSpec="right" w:tblpY="45"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7925"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="003B46EC" w:rsidRPr="002B4FC6" w14:paraId="0771604D" w14:textId="77777777" w:rsidTr="00366E91">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7925" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent5" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="68E07EE7" w14:textId="77777777" w:rsidR="003B46EC" w:rsidRPr="002B4FC6" w:rsidRDefault="003B46EC" w:rsidP="003D1E5D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="1A990970" w14:textId="77777777" w:rsidR="003B46EC" w:rsidRDefault="003B46EC" w:rsidP="00064EDE">
+      <w:pPr>
+        <w:spacing w:before="360" w:after="120"/>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6BDE4250" w14:textId="36D06935" w:rsidR="00370EC4" w:rsidRDefault="00CD0DE8" w:rsidP="003D1E5D">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:spacing w:before="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00E3658F">
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidR="00490AD0" w:rsidRPr="0090753C">
+        <w:t>.0</w:t>
+      </w:r>
+      <w:r w:rsidR="00490AD0" w:rsidRPr="0090753C">
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:id="20" w:name="Confidentialitydata"/>
+      <w:r w:rsidR="00490AD0" w:rsidRPr="0090753C">
+        <w:t>Confidentialit</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="21" w:name="Confidentiality"/>
+      <w:bookmarkEnd w:id="21"/>
+      <w:r w:rsidR="00490AD0" w:rsidRPr="0090753C">
+        <w:t>y</w:t>
+      </w:r>
+      <w:r w:rsidR="001E1DFC" w:rsidRPr="0090753C">
+        <w:t xml:space="preserve"> of Study Data</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="20"/>
+    </w:p>
+    <w:p w14:paraId="7657C785" w14:textId="5EED7F1C" w:rsidR="00E45BAC" w:rsidRDefault="00CD0DE8" w:rsidP="00B113FD">
+      <w:pPr>
+        <w:spacing w:before="120"/>
+        <w:ind w:left="1440" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00E3658F">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidR="00F12744" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="0029421B" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00F12744" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00E45BAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Will you have </w:t>
+      </w:r>
+      <w:r w:rsidR="00E45BAC" w:rsidRPr="00E45BAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>access</w:t>
+      </w:r>
+      <w:r w:rsidR="00E45BAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to any identifiable subject data throughout the entirety of this research study</w:t>
+      </w:r>
+      <w:r w:rsidR="0033213B">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F6B7CE9" w14:textId="3DAC3F44" w:rsidR="00E45BAC" w:rsidRPr="0033213B" w:rsidRDefault="00E22DC4" w:rsidP="0033213B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="1440"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:rPr>
+          <w:id w:val="-1866433870"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00A31574">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00E45BAC" w:rsidRPr="0033213B">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> No  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52A3DB27" w14:textId="6BB145CB" w:rsidR="00E45BAC" w:rsidRPr="00A31574" w:rsidRDefault="00E22DC4" w:rsidP="00A31574">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="1440"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:rPr>
+          <w:id w:val="-585925292"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00A31574">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00E45BAC" w:rsidRPr="0033213B">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Yes</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D31B800" w14:textId="1CF101D6" w:rsidR="00F12744" w:rsidRPr="00941D4E" w:rsidRDefault="008673F1" w:rsidP="00A31574">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="120"/>
+        <w:ind w:left="1440" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00E3658F">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>.2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00F12744" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Indicate below if you will be recording </w:t>
+      </w:r>
+      <w:r w:rsidR="00F12744" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>or</w:t>
+      </w:r>
+      <w:r w:rsidR="00F12744" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> receiving any of the following identifiers and where they will be kept.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C3E1AE0" w14:textId="28DC8214" w:rsidR="000525E9" w:rsidRPr="00670661" w:rsidRDefault="00A90B29" w:rsidP="000525E9">
+      <w:pPr>
+        <w:spacing w:before="120"/>
+        <w:ind w:left="1440"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>N</w:t>
+      </w:r>
+      <w:r w:rsidR="008673F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>OTE</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="000525E9" w:rsidRPr="00670661">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>See “Tips from the IRB – De-Identified Coded Limited Data Sets” in Click Library &gt; General</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for more information. </w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpXSpec="center" w:tblpY="87"/>
+        <w:tblOverlap w:val="never"/>
+        <w:tblW w:w="9360" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3402"/>
+        <w:gridCol w:w="1098"/>
+        <w:gridCol w:w="810"/>
+        <w:gridCol w:w="1170"/>
+        <w:gridCol w:w="1620"/>
+        <w:gridCol w:w="1260"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="0033213B" w:rsidRPr="00941D4E" w14:paraId="713586C9" w14:textId="77777777" w:rsidTr="0033213B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="33271275" w14:textId="1573F248" w:rsidR="0033213B" w:rsidRPr="00941D4E" w:rsidRDefault="0033213B" w:rsidP="0033213B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00941D4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>List of Identifiers</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1098" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7CFBF375" w14:textId="18D9FECD" w:rsidR="0033213B" w:rsidRDefault="0033213B" w:rsidP="0033213B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00941D4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>Not recording</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="810" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="68B7D15A" w14:textId="3B2FFD35" w:rsidR="0033213B" w:rsidRDefault="0033213B" w:rsidP="0033213B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00941D4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>Code Key</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1170" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6EE761A7" w14:textId="474779FB" w:rsidR="0033213B" w:rsidRDefault="0033213B" w:rsidP="0033213B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00941D4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>Data Collection Form</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1620" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="36CBA121" w14:textId="77777777" w:rsidR="0033213B" w:rsidRDefault="0033213B" w:rsidP="0033213B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>Recruitment/</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3D9A3C74" w14:textId="7125160B" w:rsidR="0033213B" w:rsidRDefault="0033213B" w:rsidP="0033213B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>Administrative Purpose only</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1260" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="610E007C" w14:textId="5A740528" w:rsidR="0033213B" w:rsidRDefault="0033213B" w:rsidP="0033213B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>Audio data/Video data/Other</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0033213B" w:rsidRPr="00941D4E" w14:paraId="47AAF140" w14:textId="3C711535" w:rsidTr="0033213B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B44C94C" w14:textId="77777777" w:rsidR="0033213B" w:rsidRPr="00941D4E" w:rsidRDefault="0033213B" w:rsidP="0033213B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00941D4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>Name</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+            </w:rPr>
+            <w:id w:val="-65421105"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1098" w:type="dxa"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent5" w:themeFillTint="33"/>
+              </w:tcPr>
+              <w:p w14:paraId="78EB4ECF" w14:textId="4CC791C0" w:rsidR="0033213B" w:rsidRPr="00941D4E" w:rsidRDefault="0033213B" w:rsidP="0033213B">
+                <w:pPr>
+                  <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+            </w:rPr>
+            <w:id w:val="789332243"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="810" w:type="dxa"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent5" w:themeFillTint="33"/>
+              </w:tcPr>
+              <w:p w14:paraId="763B521C" w14:textId="495BDA66" w:rsidR="0033213B" w:rsidRPr="00941D4E" w:rsidRDefault="0033213B" w:rsidP="0033213B">
+                <w:pPr>
+                  <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+            </w:rPr>
+            <w:id w:val="-763384107"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1170" w:type="dxa"/>
+                <w:tcBorders>
+                  <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                </w:tcBorders>
+                <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent5" w:themeFillTint="33"/>
+              </w:tcPr>
+              <w:p w14:paraId="5CC9E033" w14:textId="5AAA4189" w:rsidR="0033213B" w:rsidRPr="00941D4E" w:rsidRDefault="0033213B" w:rsidP="0033213B">
+                <w:pPr>
+                  <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+            </w:rPr>
+            <w:id w:val="1852839361"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1620" w:type="dxa"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent5" w:themeFillTint="33"/>
+              </w:tcPr>
+              <w:p w14:paraId="1F4A04A4" w14:textId="010340C6" w:rsidR="0033213B" w:rsidRDefault="0033213B" w:rsidP="0033213B">
+                <w:pPr>
+                  <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1260" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="47B1309D" w14:textId="7BB30EC1" w:rsidR="0033213B" w:rsidRDefault="0033213B" w:rsidP="0033213B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0033213B" w:rsidRPr="00941D4E" w14:paraId="7866B673" w14:textId="078DD2F7" w:rsidTr="0033213B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="03F5ED3C" w14:textId="77777777" w:rsidR="0033213B" w:rsidRPr="00941D4E" w:rsidRDefault="0033213B" w:rsidP="0033213B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00941D4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Address (all geographic subdivisions </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00941D4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>smaller</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00941D4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> than state, including street address, city county, and zip code)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+            </w:rPr>
+            <w:id w:val="2131440471"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1098" w:type="dxa"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent5" w:themeFillTint="33"/>
+              </w:tcPr>
+              <w:p w14:paraId="0C9AC721" w14:textId="03EEB91E" w:rsidR="0033213B" w:rsidRPr="00941D4E" w:rsidRDefault="0033213B" w:rsidP="0033213B">
+                <w:pPr>
+                  <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+            </w:rPr>
+            <w:id w:val="-321119282"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="810" w:type="dxa"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent5" w:themeFillTint="33"/>
+              </w:tcPr>
+              <w:p w14:paraId="28D5F689" w14:textId="648D6392" w:rsidR="0033213B" w:rsidRPr="00941D4E" w:rsidRDefault="0033213B" w:rsidP="0033213B">
+                <w:pPr>
+                  <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+            </w:rPr>
+            <w:id w:val="-26953297"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1170" w:type="dxa"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent5" w:themeFillTint="33"/>
+              </w:tcPr>
+              <w:p w14:paraId="335FAC6E" w14:textId="40571E59" w:rsidR="0033213B" w:rsidRPr="00941D4E" w:rsidRDefault="0033213B" w:rsidP="0033213B">
+                <w:pPr>
+                  <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+            </w:rPr>
+            <w:id w:val="2114401320"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1620" w:type="dxa"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent5" w:themeFillTint="33"/>
+              </w:tcPr>
+              <w:p w14:paraId="34A1BDD3" w14:textId="21087FFC" w:rsidR="0033213B" w:rsidRDefault="0033213B" w:rsidP="0033213B">
+                <w:pPr>
+                  <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="003015FF">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1260" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="477EDB32" w14:textId="75A0CB3C" w:rsidR="0033213B" w:rsidRDefault="0033213B" w:rsidP="0033213B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0033213B" w:rsidRPr="00941D4E" w14:paraId="4673A724" w14:textId="1278AA34" w:rsidTr="0033213B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="1772465A" w14:textId="77777777" w:rsidR="0033213B" w:rsidRPr="00941D4E" w:rsidRDefault="0033213B" w:rsidP="0033213B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00941D4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>All elements (except years) of dates related to an individual (including birthdate, admission date, discharge date, date of death, and exact age if over 89)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+            </w:rPr>
+            <w:id w:val="-985464388"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1098" w:type="dxa"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent5" w:themeFillTint="33"/>
+              </w:tcPr>
+              <w:p w14:paraId="1601A5D1" w14:textId="7A5E378C" w:rsidR="0033213B" w:rsidRPr="00941D4E" w:rsidRDefault="0033213B" w:rsidP="0033213B">
+                <w:pPr>
+                  <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+            </w:rPr>
+            <w:id w:val="-569032786"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="810" w:type="dxa"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent5" w:themeFillTint="33"/>
+              </w:tcPr>
+              <w:p w14:paraId="58430277" w14:textId="76A9FD07" w:rsidR="0033213B" w:rsidRPr="00941D4E" w:rsidRDefault="0033213B" w:rsidP="0033213B">
+                <w:pPr>
+                  <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+            </w:rPr>
+            <w:id w:val="1544869228"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1170" w:type="dxa"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent5" w:themeFillTint="33"/>
+              </w:tcPr>
+              <w:p w14:paraId="1DC26A45" w14:textId="5BF6AEA1" w:rsidR="0033213B" w:rsidRPr="00941D4E" w:rsidRDefault="0033213B" w:rsidP="0033213B">
+                <w:pPr>
+                  <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+            </w:rPr>
+            <w:id w:val="-1136335270"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1620" w:type="dxa"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent5" w:themeFillTint="33"/>
+              </w:tcPr>
+              <w:p w14:paraId="51673E69" w14:textId="35332F58" w:rsidR="0033213B" w:rsidRDefault="0033213B" w:rsidP="0033213B">
+                <w:pPr>
+                  <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="003015FF">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1260" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="24657313" w14:textId="3BFC1966" w:rsidR="0033213B" w:rsidRDefault="0033213B" w:rsidP="0033213B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0033213B" w:rsidRPr="00941D4E" w14:paraId="28D6CD59" w14:textId="6515805A" w:rsidTr="0033213B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="5DDFF441" w14:textId="77777777" w:rsidR="0033213B" w:rsidRPr="00941D4E" w:rsidRDefault="0033213B" w:rsidP="0033213B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00941D4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>Telephone numbers</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+            </w:rPr>
+            <w:id w:val="-379937708"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1098" w:type="dxa"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent5" w:themeFillTint="33"/>
+              </w:tcPr>
+              <w:p w14:paraId="73AA5C31" w14:textId="060CB66F" w:rsidR="0033213B" w:rsidRPr="00941D4E" w:rsidRDefault="0033213B" w:rsidP="0033213B">
+                <w:pPr>
+                  <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+            </w:rPr>
+            <w:id w:val="-1421634892"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="810" w:type="dxa"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent5" w:themeFillTint="33"/>
+              </w:tcPr>
+              <w:p w14:paraId="699FCA4B" w14:textId="6B25172C" w:rsidR="0033213B" w:rsidRPr="00941D4E" w:rsidRDefault="0033213B" w:rsidP="0033213B">
+                <w:pPr>
+                  <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+            </w:rPr>
+            <w:id w:val="1859155940"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1170" w:type="dxa"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent5" w:themeFillTint="33"/>
+              </w:tcPr>
+              <w:p w14:paraId="3220A13F" w14:textId="49E0F4D2" w:rsidR="0033213B" w:rsidRPr="00941D4E" w:rsidRDefault="0033213B" w:rsidP="0033213B">
+                <w:pPr>
+                  <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+            </w:rPr>
+            <w:id w:val="257483313"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1620" w:type="dxa"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent5" w:themeFillTint="33"/>
+              </w:tcPr>
+              <w:p w14:paraId="1AEC7D2A" w14:textId="70BA17FE" w:rsidR="0033213B" w:rsidRDefault="0033213B" w:rsidP="0033213B">
+                <w:pPr>
+                  <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="003015FF">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1260" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="06DDAD7B" w14:textId="00D2329E" w:rsidR="0033213B" w:rsidRDefault="0033213B" w:rsidP="0033213B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0033213B" w:rsidRPr="00941D4E" w14:paraId="1743EE0E" w14:textId="156B1BCF" w:rsidTr="0033213B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="5390928B" w14:textId="77777777" w:rsidR="0033213B" w:rsidRPr="00941D4E" w:rsidRDefault="0033213B" w:rsidP="0033213B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00941D4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>Fax number</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+            </w:rPr>
+            <w:id w:val="-752362299"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1098" w:type="dxa"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent5" w:themeFillTint="33"/>
+              </w:tcPr>
+              <w:p w14:paraId="6C52B5B6" w14:textId="45314B15" w:rsidR="0033213B" w:rsidRPr="00941D4E" w:rsidRDefault="0033213B" w:rsidP="0033213B">
+                <w:pPr>
+                  <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+            </w:rPr>
+            <w:id w:val="-804468751"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="810" w:type="dxa"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent5" w:themeFillTint="33"/>
+              </w:tcPr>
+              <w:p w14:paraId="3C11F171" w14:textId="37633D24" w:rsidR="0033213B" w:rsidRPr="00941D4E" w:rsidRDefault="0033213B" w:rsidP="0033213B">
+                <w:pPr>
+                  <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+            </w:rPr>
+            <w:id w:val="-534973059"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1170" w:type="dxa"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent5" w:themeFillTint="33"/>
+              </w:tcPr>
+              <w:p w14:paraId="17684C4D" w14:textId="3B3517BB" w:rsidR="0033213B" w:rsidRPr="00941D4E" w:rsidRDefault="0033213B" w:rsidP="0033213B">
+                <w:pPr>
+                  <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+            </w:rPr>
+            <w:id w:val="1550728520"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1620" w:type="dxa"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent5" w:themeFillTint="33"/>
+              </w:tcPr>
+              <w:p w14:paraId="44DF5042" w14:textId="279FAE59" w:rsidR="0033213B" w:rsidRDefault="0033213B" w:rsidP="0033213B">
+                <w:pPr>
+                  <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="003015FF">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1260" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="344B2488" w14:textId="7D8A7CB6" w:rsidR="0033213B" w:rsidRDefault="0033213B" w:rsidP="0033213B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0033213B" w:rsidRPr="00941D4E" w14:paraId="7FE097E3" w14:textId="3638F7DB" w:rsidTr="0033213B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="24105EE3" w14:textId="77777777" w:rsidR="0033213B" w:rsidRPr="00941D4E" w:rsidRDefault="0033213B" w:rsidP="0033213B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00941D4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>Email address</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+            </w:rPr>
+            <w:id w:val="699123867"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1098" w:type="dxa"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent5" w:themeFillTint="33"/>
+              </w:tcPr>
+              <w:p w14:paraId="2314EF1A" w14:textId="77A2C00D" w:rsidR="0033213B" w:rsidRPr="00941D4E" w:rsidRDefault="0033213B" w:rsidP="0033213B">
+                <w:pPr>
+                  <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+            </w:rPr>
+            <w:id w:val="1420066266"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="810" w:type="dxa"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent5" w:themeFillTint="33"/>
+              </w:tcPr>
+              <w:p w14:paraId="75257A9B" w14:textId="1B1499CB" w:rsidR="0033213B" w:rsidRPr="00941D4E" w:rsidRDefault="0033213B" w:rsidP="0033213B">
+                <w:pPr>
+                  <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+            </w:rPr>
+            <w:id w:val="2010167207"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1170" w:type="dxa"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent5" w:themeFillTint="33"/>
+              </w:tcPr>
+              <w:p w14:paraId="39DD750F" w14:textId="3A50CD2B" w:rsidR="0033213B" w:rsidRPr="00941D4E" w:rsidRDefault="0033213B" w:rsidP="0033213B">
+                <w:pPr>
+                  <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+            </w:rPr>
+            <w:id w:val="1742751600"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1620" w:type="dxa"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent5" w:themeFillTint="33"/>
+              </w:tcPr>
+              <w:p w14:paraId="7591C932" w14:textId="7591646F" w:rsidR="0033213B" w:rsidRDefault="0033213B" w:rsidP="0033213B">
+                <w:pPr>
+                  <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="003015FF">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1260" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4A3BB886" w14:textId="4616D90E" w:rsidR="0033213B" w:rsidRDefault="0033213B" w:rsidP="0033213B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0033213B" w:rsidRPr="00941D4E" w14:paraId="53B566E9" w14:textId="0E02B98E" w:rsidTr="0033213B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="662FDEB1" w14:textId="77777777" w:rsidR="0033213B" w:rsidRPr="00941D4E" w:rsidRDefault="0033213B" w:rsidP="0033213B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00941D4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>Social Security Number</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+            </w:rPr>
+            <w:id w:val="-269702198"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1098" w:type="dxa"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent5" w:themeFillTint="33"/>
+              </w:tcPr>
+              <w:p w14:paraId="557F169F" w14:textId="4221A518" w:rsidR="0033213B" w:rsidRPr="00941D4E" w:rsidRDefault="0033213B" w:rsidP="0033213B">
+                <w:pPr>
+                  <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+            </w:rPr>
+            <w:id w:val="-936897942"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="810" w:type="dxa"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent5" w:themeFillTint="33"/>
+              </w:tcPr>
+              <w:p w14:paraId="0793C84D" w14:textId="0DF7572A" w:rsidR="0033213B" w:rsidRPr="00941D4E" w:rsidRDefault="0033213B" w:rsidP="0033213B">
+                <w:pPr>
+                  <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+            </w:rPr>
+            <w:id w:val="-943381154"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1170" w:type="dxa"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent5" w:themeFillTint="33"/>
+              </w:tcPr>
+              <w:p w14:paraId="4B77F316" w14:textId="113486D3" w:rsidR="0033213B" w:rsidRPr="00941D4E" w:rsidRDefault="0033213B" w:rsidP="0033213B">
+                <w:pPr>
+                  <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+            </w:rPr>
+            <w:id w:val="-880004077"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1620" w:type="dxa"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent5" w:themeFillTint="33"/>
+              </w:tcPr>
+              <w:p w14:paraId="6364872C" w14:textId="001C39B7" w:rsidR="0033213B" w:rsidRDefault="0033213B" w:rsidP="0033213B">
+                <w:pPr>
+                  <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="003015FF">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1260" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="02C1BB80" w14:textId="74E07E91" w:rsidR="0033213B" w:rsidRDefault="0033213B" w:rsidP="0033213B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0033213B" w:rsidRPr="00941D4E" w14:paraId="2B02505F" w14:textId="3404FD13" w:rsidTr="0033213B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="7139E344" w14:textId="77777777" w:rsidR="0033213B" w:rsidRPr="00941D4E" w:rsidRDefault="0033213B" w:rsidP="0033213B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00941D4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>Medical record number</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+            </w:rPr>
+            <w:id w:val="-829597818"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1098" w:type="dxa"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent5" w:themeFillTint="33"/>
+              </w:tcPr>
+              <w:p w14:paraId="54D093C0" w14:textId="6597852B" w:rsidR="0033213B" w:rsidRPr="00941D4E" w:rsidRDefault="0033213B" w:rsidP="0033213B">
+                <w:pPr>
+                  <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+            </w:rPr>
+            <w:id w:val="-186445039"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="810" w:type="dxa"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent5" w:themeFillTint="33"/>
+              </w:tcPr>
+              <w:p w14:paraId="60C103E4" w14:textId="140EA063" w:rsidR="0033213B" w:rsidRPr="00941D4E" w:rsidRDefault="0033213B" w:rsidP="0033213B">
+                <w:pPr>
+                  <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+            </w:rPr>
+            <w:id w:val="-1171945734"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1170" w:type="dxa"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent5" w:themeFillTint="33"/>
+              </w:tcPr>
+              <w:p w14:paraId="67BF252E" w14:textId="59356A81" w:rsidR="0033213B" w:rsidRPr="00941D4E" w:rsidRDefault="0033213B" w:rsidP="0033213B">
+                <w:pPr>
+                  <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+            </w:rPr>
+            <w:id w:val="-1413693209"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1620" w:type="dxa"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent5" w:themeFillTint="33"/>
+              </w:tcPr>
+              <w:p w14:paraId="4EE07938" w14:textId="68F3E627" w:rsidR="0033213B" w:rsidRDefault="0033213B" w:rsidP="0033213B">
+                <w:pPr>
+                  <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="003015FF">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1260" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6535B111" w14:textId="22A27EA0" w:rsidR="0033213B" w:rsidRDefault="0033213B" w:rsidP="0033213B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0033213B" w:rsidRPr="00941D4E" w14:paraId="4719FF90" w14:textId="5B84C872" w:rsidTr="0033213B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="12D20D41" w14:textId="77777777" w:rsidR="0033213B" w:rsidRPr="00941D4E" w:rsidRDefault="0033213B" w:rsidP="0033213B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00941D4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>Health plan beneficiary number</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+            </w:rPr>
+            <w:id w:val="-2084903769"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1098" w:type="dxa"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent5" w:themeFillTint="33"/>
+              </w:tcPr>
+              <w:p w14:paraId="1F5327B2" w14:textId="1BA623A1" w:rsidR="0033213B" w:rsidRPr="00941D4E" w:rsidRDefault="0033213B" w:rsidP="0033213B">
+                <w:pPr>
+                  <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+            </w:rPr>
+            <w:id w:val="1220874845"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="810" w:type="dxa"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent5" w:themeFillTint="33"/>
+              </w:tcPr>
+              <w:p w14:paraId="54268A2A" w14:textId="7CCD6736" w:rsidR="0033213B" w:rsidRPr="00941D4E" w:rsidRDefault="0033213B" w:rsidP="0033213B">
+                <w:pPr>
+                  <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+            </w:rPr>
+            <w:id w:val="-1178961397"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1170" w:type="dxa"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent5" w:themeFillTint="33"/>
+              </w:tcPr>
+              <w:p w14:paraId="658F576E" w14:textId="21B5FD09" w:rsidR="0033213B" w:rsidRPr="00941D4E" w:rsidRDefault="0033213B" w:rsidP="0033213B">
+                <w:pPr>
+                  <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+            </w:rPr>
+            <w:id w:val="-543057884"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1620" w:type="dxa"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent5" w:themeFillTint="33"/>
+              </w:tcPr>
+              <w:p w14:paraId="09EF0897" w14:textId="78358622" w:rsidR="0033213B" w:rsidRDefault="0033213B" w:rsidP="0033213B">
+                <w:pPr>
+                  <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="003015FF">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1260" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="629B9241" w14:textId="149742EC" w:rsidR="0033213B" w:rsidRDefault="0033213B" w:rsidP="0033213B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0033213B" w:rsidRPr="00941D4E" w14:paraId="2C3DEB5C" w14:textId="0358E0DB" w:rsidTr="0033213B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B6E00AB" w14:textId="77777777" w:rsidR="0033213B" w:rsidRPr="00941D4E" w:rsidRDefault="0033213B" w:rsidP="0033213B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00941D4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>Account number</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+            </w:rPr>
+            <w:id w:val="1135222340"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1098" w:type="dxa"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent5" w:themeFillTint="33"/>
+              </w:tcPr>
+              <w:p w14:paraId="561C734A" w14:textId="4C5A2838" w:rsidR="0033213B" w:rsidRPr="00941D4E" w:rsidRDefault="0033213B" w:rsidP="0033213B">
+                <w:pPr>
+                  <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+            </w:rPr>
+            <w:id w:val="1740670831"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="810" w:type="dxa"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent5" w:themeFillTint="33"/>
+              </w:tcPr>
+              <w:p w14:paraId="1C7FCF8D" w14:textId="1F6F6AC4" w:rsidR="0033213B" w:rsidRPr="00941D4E" w:rsidRDefault="0033213B" w:rsidP="0033213B">
+                <w:pPr>
+                  <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+            </w:rPr>
+            <w:id w:val="224730549"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1170" w:type="dxa"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent5" w:themeFillTint="33"/>
+              </w:tcPr>
+              <w:p w14:paraId="6E4A1CC0" w14:textId="44204BC6" w:rsidR="0033213B" w:rsidRPr="00941D4E" w:rsidRDefault="0033213B" w:rsidP="0033213B">
+                <w:pPr>
+                  <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+            </w:rPr>
+            <w:id w:val="1892614424"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1620" w:type="dxa"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent5" w:themeFillTint="33"/>
+              </w:tcPr>
+              <w:p w14:paraId="7574BE19" w14:textId="24D24732" w:rsidR="0033213B" w:rsidRDefault="0033213B" w:rsidP="0033213B">
+                <w:pPr>
+                  <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="003015FF">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1260" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="02398A7B" w14:textId="32294CD1" w:rsidR="0033213B" w:rsidRDefault="0033213B" w:rsidP="0033213B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0033213B" w:rsidRPr="00941D4E" w14:paraId="5BB5FB7F" w14:textId="21EA53AF" w:rsidTr="0033213B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E7AFAC4" w14:textId="77777777" w:rsidR="0033213B" w:rsidRPr="00941D4E" w:rsidRDefault="0033213B" w:rsidP="0033213B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00941D4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>Certificate or license number</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+            </w:rPr>
+            <w:id w:val="-333385411"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1098" w:type="dxa"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent5" w:themeFillTint="33"/>
+              </w:tcPr>
+              <w:p w14:paraId="2EF322F2" w14:textId="5B88F59D" w:rsidR="0033213B" w:rsidRPr="00941D4E" w:rsidRDefault="0033213B" w:rsidP="0033213B">
+                <w:pPr>
+                  <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+            </w:rPr>
+            <w:id w:val="197672051"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="810" w:type="dxa"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent5" w:themeFillTint="33"/>
+              </w:tcPr>
+              <w:p w14:paraId="40906D6A" w14:textId="0CCA0AEE" w:rsidR="0033213B" w:rsidRPr="00941D4E" w:rsidRDefault="0033213B" w:rsidP="0033213B">
+                <w:pPr>
+                  <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+            </w:rPr>
+            <w:id w:val="1511253742"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1170" w:type="dxa"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent5" w:themeFillTint="33"/>
+              </w:tcPr>
+              <w:p w14:paraId="7FC24AA1" w14:textId="142212C4" w:rsidR="0033213B" w:rsidRPr="00941D4E" w:rsidRDefault="0033213B" w:rsidP="0033213B">
+                <w:pPr>
+                  <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+            </w:rPr>
+            <w:id w:val="-1490470443"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1620" w:type="dxa"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent5" w:themeFillTint="33"/>
+              </w:tcPr>
+              <w:p w14:paraId="13C1BDF2" w14:textId="44C18C50" w:rsidR="0033213B" w:rsidRDefault="0033213B" w:rsidP="0033213B">
+                <w:pPr>
+                  <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00E71034">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1260" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="42E85CCE" w14:textId="1AADAC90" w:rsidR="0033213B" w:rsidRDefault="0033213B" w:rsidP="0033213B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0033213B" w:rsidRPr="00941D4E" w14:paraId="70F902FF" w14:textId="39539303" w:rsidTr="0033213B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F7E1E76" w14:textId="77777777" w:rsidR="0033213B" w:rsidRPr="00941D4E" w:rsidRDefault="0033213B" w:rsidP="0033213B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00941D4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Vehicle identifiers and serial numbers, including license plate numbers</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+            </w:rPr>
+            <w:id w:val="-1773852681"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1098" w:type="dxa"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent5" w:themeFillTint="33"/>
+              </w:tcPr>
+              <w:p w14:paraId="54638136" w14:textId="7DDD5791" w:rsidR="0033213B" w:rsidRPr="00941D4E" w:rsidRDefault="0033213B" w:rsidP="0033213B">
+                <w:pPr>
+                  <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+            </w:rPr>
+            <w:id w:val="1974101951"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="810" w:type="dxa"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent5" w:themeFillTint="33"/>
+              </w:tcPr>
+              <w:p w14:paraId="0860E7A3" w14:textId="7EE2C69A" w:rsidR="0033213B" w:rsidRPr="00941D4E" w:rsidRDefault="0033213B" w:rsidP="0033213B">
+                <w:pPr>
+                  <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+            </w:rPr>
+            <w:id w:val="1527598516"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1170" w:type="dxa"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent5" w:themeFillTint="33"/>
+              </w:tcPr>
+              <w:p w14:paraId="08A304BA" w14:textId="1ADBB6FB" w:rsidR="0033213B" w:rsidRPr="00941D4E" w:rsidRDefault="0033213B" w:rsidP="0033213B">
+                <w:pPr>
+                  <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+            </w:rPr>
+            <w:id w:val="-1604261368"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1620" w:type="dxa"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent5" w:themeFillTint="33"/>
+              </w:tcPr>
+              <w:p w14:paraId="52C52501" w14:textId="4BA89771" w:rsidR="0033213B" w:rsidRDefault="0033213B" w:rsidP="0033213B">
+                <w:pPr>
+                  <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00E71034">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1260" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2E2DE41C" w14:textId="0AA0B825" w:rsidR="0033213B" w:rsidRDefault="0033213B" w:rsidP="0033213B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0033213B" w:rsidRPr="00941D4E" w14:paraId="65AA2E2A" w14:textId="2BE9C1EF" w:rsidTr="0033213B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="1BF4F004" w14:textId="77777777" w:rsidR="0033213B" w:rsidRPr="00941D4E" w:rsidRDefault="0033213B" w:rsidP="0033213B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00941D4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>Device identifiers and serial numbers</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+            </w:rPr>
+            <w:id w:val="1466543234"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1098" w:type="dxa"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent5" w:themeFillTint="33"/>
+              </w:tcPr>
+              <w:p w14:paraId="1EA89B34" w14:textId="33F647BD" w:rsidR="0033213B" w:rsidRPr="00941D4E" w:rsidRDefault="0033213B" w:rsidP="0033213B">
+                <w:pPr>
+                  <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+            </w:rPr>
+            <w:id w:val="1493826586"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="810" w:type="dxa"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent5" w:themeFillTint="33"/>
+              </w:tcPr>
+              <w:p w14:paraId="4556D3E3" w14:textId="6D6CBFD3" w:rsidR="0033213B" w:rsidRPr="00941D4E" w:rsidRDefault="0033213B" w:rsidP="0033213B">
+                <w:pPr>
+                  <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+            </w:rPr>
+            <w:id w:val="-360128977"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1170" w:type="dxa"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent5" w:themeFillTint="33"/>
+              </w:tcPr>
+              <w:p w14:paraId="2F0B7592" w14:textId="62FB573D" w:rsidR="0033213B" w:rsidRPr="00941D4E" w:rsidRDefault="0033213B" w:rsidP="0033213B">
+                <w:pPr>
+                  <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+            </w:rPr>
+            <w:id w:val="999083479"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1620" w:type="dxa"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent5" w:themeFillTint="33"/>
+              </w:tcPr>
+              <w:p w14:paraId="0089CDD6" w14:textId="114AFEA3" w:rsidR="0033213B" w:rsidRDefault="0033213B" w:rsidP="0033213B">
+                <w:pPr>
+                  <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00E71034">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1260" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="35127F67" w14:textId="70296EBA" w:rsidR="0033213B" w:rsidRDefault="0033213B" w:rsidP="0033213B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0033213B" w:rsidRPr="00941D4E" w14:paraId="12C2CC6E" w14:textId="64BC1A81" w:rsidTr="0033213B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="4CB9F014" w14:textId="77777777" w:rsidR="0033213B" w:rsidRPr="00941D4E" w:rsidRDefault="0033213B" w:rsidP="0033213B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00941D4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>Web URL</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+            </w:rPr>
+            <w:id w:val="239537257"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1098" w:type="dxa"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent5" w:themeFillTint="33"/>
+              </w:tcPr>
+              <w:p w14:paraId="143BFB8C" w14:textId="7430B9CB" w:rsidR="0033213B" w:rsidRPr="00941D4E" w:rsidRDefault="0033213B" w:rsidP="0033213B">
+                <w:pPr>
+                  <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+            </w:rPr>
+            <w:id w:val="1782686652"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="810" w:type="dxa"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent5" w:themeFillTint="33"/>
+              </w:tcPr>
+              <w:p w14:paraId="5C2DD9E3" w14:textId="1A4E5C41" w:rsidR="0033213B" w:rsidRPr="00941D4E" w:rsidRDefault="0033213B" w:rsidP="0033213B">
+                <w:pPr>
+                  <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+            </w:rPr>
+            <w:id w:val="-1065720469"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1170" w:type="dxa"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent5" w:themeFillTint="33"/>
+              </w:tcPr>
+              <w:p w14:paraId="660CC3DC" w14:textId="4423F1FB" w:rsidR="0033213B" w:rsidRPr="00941D4E" w:rsidRDefault="0033213B" w:rsidP="0033213B">
+                <w:pPr>
+                  <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+            </w:rPr>
+            <w:id w:val="170843886"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1620" w:type="dxa"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent5" w:themeFillTint="33"/>
+              </w:tcPr>
+              <w:p w14:paraId="38759ACC" w14:textId="5E0F7C8E" w:rsidR="0033213B" w:rsidRDefault="0033213B" w:rsidP="0033213B">
+                <w:pPr>
+                  <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00E71034">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1260" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3C2869E4" w14:textId="41AA2C63" w:rsidR="0033213B" w:rsidRDefault="0033213B" w:rsidP="0033213B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0033213B" w:rsidRPr="00941D4E" w14:paraId="052FCD00" w14:textId="10964A4E" w:rsidTr="0033213B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="562954F4" w14:textId="77777777" w:rsidR="0033213B" w:rsidRPr="00941D4E" w:rsidRDefault="0033213B" w:rsidP="0033213B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00941D4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>Internet Protocol (IP) Address</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+            </w:rPr>
+            <w:id w:val="609007538"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1098" w:type="dxa"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent5" w:themeFillTint="33"/>
+              </w:tcPr>
+              <w:p w14:paraId="0AACE8F0" w14:textId="48BA96A5" w:rsidR="0033213B" w:rsidRPr="00941D4E" w:rsidRDefault="0033213B" w:rsidP="0033213B">
+                <w:pPr>
+                  <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+            </w:rPr>
+            <w:id w:val="-1872839903"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="810" w:type="dxa"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent5" w:themeFillTint="33"/>
+              </w:tcPr>
+              <w:p w14:paraId="2670FFED" w14:textId="67BA68AE" w:rsidR="0033213B" w:rsidRPr="00941D4E" w:rsidRDefault="0033213B" w:rsidP="0033213B">
+                <w:pPr>
+                  <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+            </w:rPr>
+            <w:id w:val="1058672420"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1170" w:type="dxa"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent5" w:themeFillTint="33"/>
+              </w:tcPr>
+              <w:p w14:paraId="5816FE8A" w14:textId="52587C03" w:rsidR="0033213B" w:rsidRPr="00941D4E" w:rsidRDefault="0033213B" w:rsidP="0033213B">
+                <w:pPr>
+                  <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+            </w:rPr>
+            <w:id w:val="643082758"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1620" w:type="dxa"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent5" w:themeFillTint="33"/>
+              </w:tcPr>
+              <w:p w14:paraId="78096EA5" w14:textId="00CFC7B7" w:rsidR="0033213B" w:rsidRDefault="0033213B" w:rsidP="0033213B">
+                <w:pPr>
+                  <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00E71034">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1260" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5B71B50E" w14:textId="12C05855" w:rsidR="0033213B" w:rsidRDefault="0033213B" w:rsidP="0033213B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0033213B" w:rsidRPr="00941D4E" w14:paraId="50ED1ABD" w14:textId="37DA1BF6" w:rsidTr="0033213B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="15D83CD0" w14:textId="77777777" w:rsidR="0033213B" w:rsidRPr="00941D4E" w:rsidRDefault="0033213B" w:rsidP="0033213B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00941D4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>Finger or voice print</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+            </w:rPr>
+            <w:id w:val="469024534"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1098" w:type="dxa"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent5" w:themeFillTint="33"/>
+              </w:tcPr>
+              <w:p w14:paraId="23A1B9CD" w14:textId="4BC0384E" w:rsidR="0033213B" w:rsidRPr="00941D4E" w:rsidRDefault="0033213B" w:rsidP="0033213B">
+                <w:pPr>
+                  <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+            </w:rPr>
+            <w:id w:val="357007265"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="810" w:type="dxa"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent5" w:themeFillTint="33"/>
+              </w:tcPr>
+              <w:p w14:paraId="0E61B6D5" w14:textId="7C5C14DA" w:rsidR="0033213B" w:rsidRPr="00941D4E" w:rsidRDefault="0033213B" w:rsidP="0033213B">
+                <w:pPr>
+                  <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+            </w:rPr>
+            <w:id w:val="-1540360240"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1170" w:type="dxa"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent5" w:themeFillTint="33"/>
+              </w:tcPr>
+              <w:p w14:paraId="55AFB62F" w14:textId="6E5E8C2A" w:rsidR="0033213B" w:rsidRPr="00941D4E" w:rsidRDefault="0033213B" w:rsidP="0033213B">
+                <w:pPr>
+                  <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+            </w:rPr>
+            <w:id w:val="2086328538"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1620" w:type="dxa"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent5" w:themeFillTint="33"/>
+              </w:tcPr>
+              <w:p w14:paraId="59426A4A" w14:textId="41CF02E5" w:rsidR="0033213B" w:rsidRDefault="0033213B" w:rsidP="0033213B">
+                <w:pPr>
+                  <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00E71034">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+            </w:rPr>
+            <w:id w:val="-1768301920"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1260" w:type="dxa"/>
+                <w:tcBorders>
+                  <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                </w:tcBorders>
+                <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent5" w:themeFillTint="33"/>
+              </w:tcPr>
+              <w:p w14:paraId="722A547D" w14:textId="2FA458BD" w:rsidR="0033213B" w:rsidRDefault="0033213B" w:rsidP="0033213B">
+                <w:pPr>
+                  <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+      </w:tr>
+      <w:tr w:rsidR="0033213B" w:rsidRPr="00941D4E" w14:paraId="2AFE9BE3" w14:textId="26892E75" w:rsidTr="0033213B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="3327B38E" w14:textId="6300AAFA" w:rsidR="0033213B" w:rsidRPr="00941D4E" w:rsidRDefault="0033213B" w:rsidP="0033213B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00941D4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Photographic </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>or Video</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00670661">
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00941D4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>image – Photographic images are not limited to images of the face.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+            </w:rPr>
+            <w:id w:val="1230270696"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1098" w:type="dxa"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent5" w:themeFillTint="33"/>
+              </w:tcPr>
+              <w:p w14:paraId="152021D6" w14:textId="1C4CBFEF" w:rsidR="0033213B" w:rsidRPr="00941D4E" w:rsidRDefault="0033213B" w:rsidP="0033213B">
+                <w:pPr>
+                  <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+            </w:rPr>
+            <w:id w:val="-768001728"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="810" w:type="dxa"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent5" w:themeFillTint="33"/>
+              </w:tcPr>
+              <w:p w14:paraId="0CBEBAA7" w14:textId="79BCF8FC" w:rsidR="0033213B" w:rsidRPr="00941D4E" w:rsidRDefault="0033213B" w:rsidP="0033213B">
+                <w:pPr>
+                  <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+            </w:rPr>
+            <w:id w:val="-1490175307"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1170" w:type="dxa"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent5" w:themeFillTint="33"/>
+              </w:tcPr>
+              <w:p w14:paraId="0C0B5D15" w14:textId="72FA096D" w:rsidR="0033213B" w:rsidRPr="00941D4E" w:rsidRDefault="0033213B" w:rsidP="0033213B">
+                <w:pPr>
+                  <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+            </w:rPr>
+            <w:id w:val="2069754320"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1620" w:type="dxa"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent5" w:themeFillTint="33"/>
+              </w:tcPr>
+              <w:p w14:paraId="33329CC5" w14:textId="13B476B8" w:rsidR="0033213B" w:rsidRDefault="0033213B" w:rsidP="0033213B">
+                <w:pPr>
+                  <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00E71034">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+            </w:rPr>
+            <w:id w:val="2064212420"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1260" w:type="dxa"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent5" w:themeFillTint="33"/>
+              </w:tcPr>
+              <w:p w14:paraId="3B53F448" w14:textId="3E985443" w:rsidR="0033213B" w:rsidRDefault="0033213B" w:rsidP="0033213B">
+                <w:pPr>
+                  <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+      </w:tr>
+      <w:tr w:rsidR="0033213B" w:rsidRPr="00941D4E" w14:paraId="0B39FE30" w14:textId="5605DB03" w:rsidTr="0033213B">
+        <w:trPr>
+          <w:trHeight w:val="1043"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="04AF2238" w14:textId="4F2FB797" w:rsidR="0033213B" w:rsidRPr="00941D4E" w:rsidRDefault="0033213B" w:rsidP="0033213B">
+            <w:pPr>
+              <w:spacing w:after="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00941D4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Any other </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>characteristic that</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00941D4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> could uniquely identify the individual. Describe below:</w:t>
+            </w:r>
+          </w:p>
+          <w:tbl>
+            <w:tblPr>
+              <w:tblStyle w:val="TableGrid"/>
+              <w:tblW w:w="0" w:type="auto"/>
+              <w:tblLayout w:type="fixed"/>
+              <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+            </w:tblPr>
+            <w:tblGrid>
+              <w:gridCol w:w="4359"/>
+            </w:tblGrid>
+            <w:tr w:rsidR="0033213B" w:rsidRPr="00941D4E" w14:paraId="6A4E7D4C" w14:textId="77777777" w:rsidTr="000718C6">
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="4359" w:type="dxa"/>
+                  <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent5" w:themeFillTint="33"/>
+                </w:tcPr>
+                <w:p w14:paraId="4DC06E26" w14:textId="77777777" w:rsidR="0033213B" w:rsidRPr="00941D4E" w:rsidRDefault="0033213B" w:rsidP="00E22DC4">
+                  <w:pPr>
+                    <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="87"/>
+                    <w:suppressOverlap/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+            </w:tr>
+          </w:tbl>
+          <w:p w14:paraId="6029B01D" w14:textId="77777777" w:rsidR="0033213B" w:rsidRPr="00941D4E" w:rsidRDefault="0033213B" w:rsidP="0033213B">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+            </w:rPr>
+            <w:id w:val="104317757"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1098" w:type="dxa"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent5" w:themeFillTint="33"/>
+              </w:tcPr>
+              <w:p w14:paraId="3A562AC4" w14:textId="3A708BCA" w:rsidR="0033213B" w:rsidRPr="00941D4E" w:rsidRDefault="0033213B" w:rsidP="0033213B">
+                <w:pPr>
+                  <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+            </w:rPr>
+            <w:id w:val="1822922666"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="810" w:type="dxa"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent5" w:themeFillTint="33"/>
+              </w:tcPr>
+              <w:p w14:paraId="16B38011" w14:textId="719FEB69" w:rsidR="0033213B" w:rsidRPr="00941D4E" w:rsidRDefault="0033213B" w:rsidP="0033213B">
+                <w:pPr>
+                  <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+            </w:rPr>
+            <w:id w:val="-1493789725"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1170" w:type="dxa"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent5" w:themeFillTint="33"/>
+              </w:tcPr>
+              <w:p w14:paraId="7F44BE00" w14:textId="08BA073B" w:rsidR="0033213B" w:rsidRPr="00941D4E" w:rsidRDefault="0033213B" w:rsidP="0033213B">
+                <w:pPr>
+                  <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+            </w:rPr>
+            <w:id w:val="443966247"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1620" w:type="dxa"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent5" w:themeFillTint="33"/>
+              </w:tcPr>
+              <w:p w14:paraId="34DFE4D8" w14:textId="123698EB" w:rsidR="0033213B" w:rsidRDefault="0033213B" w:rsidP="0033213B">
+                <w:pPr>
+                  <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00E71034">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+            </w:rPr>
+            <w:id w:val="1582641602"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1260" w:type="dxa"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent5" w:themeFillTint="33"/>
+              </w:tcPr>
+              <w:p w14:paraId="10B0B752" w14:textId="0C4CF07C" w:rsidR="0033213B" w:rsidRDefault="0033213B" w:rsidP="0033213B">
+                <w:pPr>
+                  <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="10AB6C8C" w14:textId="77777777" w:rsidR="008673F1" w:rsidRDefault="008673F1" w:rsidP="00064EDE">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:ind w:left="1440" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3CF045A0" w14:textId="06AA2337" w:rsidR="00D76B07" w:rsidRPr="00941D4E" w:rsidRDefault="00CD0DE8" w:rsidP="00064EDE">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:ind w:left="1440" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00E3658F">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidR="00B526FE" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="008673F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="00B526FE" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00B366BA" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">How </w:t>
+      </w:r>
+      <w:r w:rsidR="00F150C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and where (state physical location if applicable) </w:t>
+      </w:r>
+      <w:r w:rsidR="00B366BA" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">will </w:t>
+      </w:r>
+      <w:r w:rsidR="00B366BA" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>electronic</w:t>
+      </w:r>
+      <w:r w:rsidR="00B366BA" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> data and records be stored? (For example, data and records will be stored on a network drive, UB Box, on an excel sheet,</w:t>
+      </w:r>
+      <w:r w:rsidR="00977D17">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> room #/building, </w:t>
+      </w:r>
+      <w:r w:rsidR="00B366BA" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>etc</w:t>
+      </w:r>
+      <w:r w:rsidR="00B366BA" w:rsidRPr="00670661">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>.)</w:t>
+      </w:r>
+      <w:r w:rsidR="00A90B29">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00A90B29" w:rsidRPr="00670661">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">If you will not be keeping </w:t>
+      </w:r>
+      <w:r w:rsidR="00A90B29">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>electronic</w:t>
+      </w:r>
+      <w:r w:rsidR="00A90B29" w:rsidRPr="00670661">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> records, indicate this below.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="1435" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7915"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="007B11CD" w:rsidRPr="00941D4E" w14:paraId="56985C13" w14:textId="77777777" w:rsidTr="003B6346">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7915" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent5" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="22273E93" w14:textId="0A9CBA88" w:rsidR="007B11CD" w:rsidRPr="00941D4E" w:rsidRDefault="007B11CD" w:rsidP="003B6346">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="62045780" w14:textId="03F4AAC6" w:rsidR="00795E74" w:rsidRPr="00941D4E" w:rsidRDefault="00CD0DE8" w:rsidP="00064EDE">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="120"/>
+        <w:ind w:left="1440" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00E3658F">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidR="00B366BA" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="008673F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="00B366BA" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">How </w:t>
+      </w:r>
+      <w:r w:rsidR="00F150C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and where (state the physical location) </w:t>
+      </w:r>
+      <w:r w:rsidR="00B366BA" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">will </w:t>
+      </w:r>
+      <w:r w:rsidR="00B366BA" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>paper</w:t>
+      </w:r>
+      <w:r w:rsidR="00B366BA" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> data and records be stored? (For example, cabinet only accessible to study personnel, </w:t>
+      </w:r>
+      <w:r w:rsidR="00977D17">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">room #/building, </w:t>
+      </w:r>
+      <w:r w:rsidR="00B366BA" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">etc.) If you will not be keeping paper records, indicate this below. </w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="1435" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7915"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00795E74" w:rsidRPr="00941D4E" w14:paraId="49D50F2C" w14:textId="77777777" w:rsidTr="008024E1">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7915" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent5" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B9DA523" w14:textId="558199EA" w:rsidR="00795E74" w:rsidRPr="00941D4E" w:rsidRDefault="00795E74" w:rsidP="008024E1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="70C7BB34" w14:textId="7C485D15" w:rsidR="0029421B" w:rsidRDefault="00CD0DE8" w:rsidP="00064EDE">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="120"/>
+        <w:ind w:left="1440" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00E3658F">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidR="00142580" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="008673F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="00142580" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00363EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>Who will have access to the data and how will the data be shared</w:t>
+      </w:r>
+      <w:r w:rsidR="00142580" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="559ACCAA" w14:textId="0D1A2885" w:rsidR="00363EA0" w:rsidRPr="00941D4E" w:rsidRDefault="00363EA0" w:rsidP="00064EDE">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="120"/>
+        <w:ind w:left="1440" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">NOTE: Potential examples for sharing data with others include </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>UBBox</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>REDCap</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>, VPN, email, etc. This question also includes sharing of paper data if necessary.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="1440" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7910"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="0029421B" w:rsidRPr="00941D4E" w14:paraId="4BD47B59" w14:textId="77777777" w:rsidTr="0029421B">
+        <w:trPr>
+          <w:trHeight w:val="152"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9350" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent5" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C797D9B" w14:textId="77777777" w:rsidR="0029421B" w:rsidRPr="00941D4E" w:rsidRDefault="0029421B" w:rsidP="0029421B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="51C6487D" w14:textId="38E59FDB" w:rsidR="00142580" w:rsidRPr="00941D4E" w:rsidRDefault="00CD0DE8" w:rsidP="00064EDE">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="120"/>
+        <w:ind w:left="1440" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00E3658F">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="008673F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="00142580" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00585B50" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>Who will have access to the non-identifiable data</w:t>
+      </w:r>
+      <w:r w:rsidR="00585B50">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and how long will it be stored?</w:t>
+      </w:r>
+      <w:r w:rsidR="00142580" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="002A7174">
-[...13 lines deleted...]
-          <w:i w:val="0"/>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="1435" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7915"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00142580" w:rsidRPr="00941D4E" w14:paraId="74EE98A5" w14:textId="77777777" w:rsidTr="000718C6">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7915" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent5" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="3ED7B95A" w14:textId="77777777" w:rsidR="00142580" w:rsidRPr="00941D4E" w:rsidRDefault="00142580" w:rsidP="000718C6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="08E22B8C" w14:textId="139A298F" w:rsidR="000948FC" w:rsidRPr="00941D4E" w:rsidRDefault="00CD0DE8" w:rsidP="002B4FC6">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="120"/>
+        <w:ind w:left="1440" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00E3658F">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="008673F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidR="000948FC" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Based on your answers to the table in section</w:t>
+      </w:r>
+      <w:r w:rsidR="0029421B" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="002A7174" w:rsidRPr="00416638">
-[...13 lines deleted...]
-          <w:i w:val="0"/>
+      <w:r w:rsidR="0018241F">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00E3658F">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidR="0029421B" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="002A7174">
-[...35 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidR="00A31574">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="000948FC" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="0029421B" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>will you be recording or receiving any identifiers?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47BC630D" w14:textId="5398A296" w:rsidR="000948FC" w:rsidRPr="00941D4E" w:rsidRDefault="00E22DC4" w:rsidP="002B4FC6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="1440"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+          </w:rPr>
+          <w:id w:val="-831137539"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00A31574">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="0029421B" w:rsidRPr="003B46EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000948FC" w:rsidRPr="003B46EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">No </w:t>
+      </w:r>
+      <w:r w:rsidR="0029421B" w:rsidRPr="003B46EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F0AE"/>
+      </w:r>
+      <w:r w:rsidR="0029421B" w:rsidRPr="003B46EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000948FC" w:rsidRPr="003B46EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Skip to </w:t>
+      </w:r>
+      <w:r w:rsidR="003B46EC" w:rsidRPr="003B46EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00E3658F">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidR="003B46EC" w:rsidRPr="003B46EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>.0</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11316E71" w14:textId="2C8AB637" w:rsidR="0029421B" w:rsidRPr="00941D4E" w:rsidRDefault="00E22DC4" w:rsidP="0029421B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="1440"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+          </w:rPr>
+          <w:id w:val="767584661"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00A31574">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="0029421B" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Yes </w:t>
+      </w:r>
+      <w:r w:rsidR="0029421B" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F0AE"/>
+      </w:r>
+      <w:r w:rsidR="0029421B" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Answer the rest of the questions in this section </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2BBDEB4C" w14:textId="563EECA9" w:rsidR="00B526FE" w:rsidRPr="00941D4E" w:rsidRDefault="00CD0DE8" w:rsidP="00B526FE">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="120"/>
+        <w:ind w:left="1440" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00E3658F">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="008673F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidR="00B526FE" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">How will the confidentiality of study data and records be protected (e.g., separation of identifiers and data, password protection, encryption, physical controls, authorization of access)? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0EFB7B59" w14:textId="2D9D3050" w:rsidR="00B526FE" w:rsidRPr="00941D4E" w:rsidRDefault="00B526FE" w:rsidP="00064EDE">
+      <w:pPr>
+        <w:spacing w:before="120"/>
+        <w:ind w:left="1440"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>NOTE: Any code keys must be stored</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in a separate, password-protected file from the data collection form to minimize the risk of a breach of </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>confidentiality.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="1440" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7910"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="0029421B" w:rsidRPr="00941D4E" w14:paraId="25A764A3" w14:textId="77777777" w:rsidTr="0029421B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9350" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent5" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="611CB70D" w14:textId="77777777" w:rsidR="0029421B" w:rsidRPr="00941D4E" w:rsidRDefault="0029421B" w:rsidP="0029421B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="4B840E54" w14:textId="63C0E365" w:rsidR="00CC5AC2" w:rsidRPr="00941D4E" w:rsidRDefault="00CD0DE8" w:rsidP="002B4FC6">
+      <w:pPr>
+        <w:spacing w:before="240"/>
+        <w:ind w:left="1440" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00E3658F">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="008673F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidR="00CC5AC2" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Will the data be coded? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77F6E075" w14:textId="733D4499" w:rsidR="00CC5AC2" w:rsidRPr="00941D4E" w:rsidRDefault="00CC5AC2" w:rsidP="002B4FC6">
+      <w:pPr>
+        <w:spacing w:before="120"/>
+        <w:ind w:left="1440"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>NOTE: If identifiable data will be collected or stored for any amount of time, that data should be coded</w:t>
+      </w:r>
+      <w:r w:rsidR="00A00213" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(See “Tips from the IRB </w:t>
+      </w:r>
+      <w:r w:rsidR="00D14B52" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> De-Identified Coded Limited Data Sets” in Click Library &gt; General).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="550DD659" w14:textId="68782F9F" w:rsidR="00CC5AC2" w:rsidRPr="00941D4E" w:rsidRDefault="00E22DC4" w:rsidP="00064EDE">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:ind w:left="1440"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+          </w:rPr>
+          <w:id w:val="1305661001"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00A31574">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00CC5AC2" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> No </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC5AC2" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F0AE"/>
+      </w:r>
+      <w:r w:rsidR="00CC5AC2" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC5AC2" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        </w:rPr>
+        <w:t>Explain</w:t>
+      </w:r>
+      <w:r w:rsidR="00CC5AC2" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> below:</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="1440" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7910"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00CC5AC2" w:rsidRPr="00941D4E" w14:paraId="013B4C85" w14:textId="77777777" w:rsidTr="002230AE">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9350" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent5" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="0EE4F944" w14:textId="77777777" w:rsidR="00CC5AC2" w:rsidRPr="00941D4E" w:rsidRDefault="00CC5AC2" w:rsidP="002230AE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="5AF3413D" w14:textId="0A944A06" w:rsidR="00CC5AC2" w:rsidRPr="00941D4E" w:rsidRDefault="00E22DC4" w:rsidP="00CC5AC2">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
+        <w:ind w:left="1440"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+          </w:rPr>
+          <w:id w:val="821470575"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00A31574">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00CC5AC2" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Yes </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC5AC2" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F0AE"/>
+      </w:r>
+      <w:r w:rsidR="00CC5AC2" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F46847" w:rsidRPr="00B113FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>📎</w:t>
+      </w:r>
+      <w:r w:rsidR="00CC5AC2" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>Include a separate code key</w:t>
+      </w:r>
+      <w:r w:rsidR="005C50EA" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="005C50EA" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC5AC2" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>in addition to the data collection form</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="411AA078" w14:textId="6E2C51B0" w:rsidR="00CC5AC2" w:rsidRPr="00941D4E" w:rsidRDefault="00CD0DE8" w:rsidP="00064EDE">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="120"/>
+        <w:ind w:left="2520" w:hanging="634"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="008A5203">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="008673F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>10</w:t>
+      </w:r>
+      <w:r w:rsidR="00CC5AC2" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Describe your procedure for coding the data (i.e. creation of a code key, which links the identifiable data with the coded data)</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE7456" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="6840" w:type="dxa"/>
+        <w:tblInd w:w="2515" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="6840"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00CC5AC2" w:rsidRPr="00941D4E" w14:paraId="30F33E1B" w14:textId="77777777" w:rsidTr="00E4058D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6840" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent5" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="358B02B2" w14:textId="77777777" w:rsidR="00CC5AC2" w:rsidRPr="00941D4E" w:rsidRDefault="00CC5AC2" w:rsidP="002230AE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="63084DDB" w14:textId="6290C27B" w:rsidR="00B0787A" w:rsidRPr="00941D4E" w:rsidRDefault="00B0787A" w:rsidP="003A2CEA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="1440" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="725C578D" w14:textId="3763048A" w:rsidR="00A00213" w:rsidRPr="00941D4E" w:rsidRDefault="00256834" w:rsidP="00A00213">
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00E3658F">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>.1</w:t>
+      </w:r>
+      <w:r w:rsidR="008673F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF2485" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Will identifiable data be stored </w:t>
+      </w:r>
+      <w:r w:rsidR="008B73C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF2485" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">n </w:t>
+      </w:r>
+      <w:r w:rsidR="008B73C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF2485" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> data collection form</w:t>
+      </w:r>
+      <w:r w:rsidR="008B73C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or in a recruitment/administrative database?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64352591" w14:textId="6C902EB2" w:rsidR="00C75185" w:rsidRPr="00941D4E" w:rsidRDefault="00C75185" w:rsidP="002B4FC6">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:ind w:left="1440"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>NOTE: Unless necessary, all identifiers should be kept on a code key.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="110A6214" w14:textId="117213F7" w:rsidR="00EF2485" w:rsidRPr="00941D4E" w:rsidRDefault="00E22DC4" w:rsidP="00EF2485">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="1440"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+          </w:rPr>
+          <w:id w:val="-263305155"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00A31574">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00C75185" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00EF2485" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>No</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D28EDEF" w14:textId="2C485782" w:rsidR="00EF2485" w:rsidRPr="00941D4E" w:rsidRDefault="00E22DC4" w:rsidP="00064EDE">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:ind w:left="1440"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+          </w:rPr>
+          <w:id w:val="1348685254"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00A31574">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00EF2485" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Yes </w:t>
+      </w:r>
+      <w:r w:rsidR="00EF2485" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F0AE"/>
+      </w:r>
+      <w:r w:rsidR="00EF2485" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Provide a justification for why this is necessary to conduct the research. </w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="1440" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7910"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00EF2485" w:rsidRPr="00941D4E" w14:paraId="79F0A007" w14:textId="77777777" w:rsidTr="002230AE">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9350" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent5" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="563CEA2D" w14:textId="77777777" w:rsidR="00EF2485" w:rsidRPr="00941D4E" w:rsidRDefault="00EF2485" w:rsidP="002230AE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="768AD386" w14:textId="00537135" w:rsidR="00142580" w:rsidRPr="00941D4E" w:rsidRDefault="00256834" w:rsidP="0029421B">
+      <w:pPr>
+        <w:spacing w:before="240"/>
+        <w:ind w:left="1440" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00E3658F">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>.1</w:t>
+      </w:r>
+      <w:r w:rsidR="008673F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00370EC4" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00585B50" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>Who will have access to the identifiable data</w:t>
+      </w:r>
+      <w:r w:rsidR="00585B50">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and how long will it</w:t>
+      </w:r>
+      <w:r w:rsidR="00490AD0" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> be st</w:t>
+      </w:r>
+      <w:r w:rsidR="00370EC4" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ored? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F015F98" w14:textId="00B9E4CA" w:rsidR="00EF2485" w:rsidRPr="00941D4E" w:rsidRDefault="003C6E86" w:rsidP="00064EDE">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:ind w:left="1440"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>NOTE</w:t>
+      </w:r>
+      <w:r w:rsidR="003B6346" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="007A60E1" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>I</w:t>
+      </w:r>
+      <w:r w:rsidR="003B6346" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">dentifiers should be destroyed </w:t>
+      </w:r>
+      <w:r w:rsidR="00BF0611" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>at the earliest opportunity</w:t>
+      </w:r>
+      <w:r w:rsidR="003B6346" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>, unless there is a health or research justification provided for retaining the identifiers or such retention is otherwise required by law.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="1435" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7915"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="0042620E" w:rsidRPr="00941D4E" w14:paraId="52482FFA" w14:textId="77777777" w:rsidTr="007A60E1">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7915" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent5" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="718D3C1E" w14:textId="35576AE7" w:rsidR="0042620E" w:rsidRPr="00941D4E" w:rsidRDefault="0042620E" w:rsidP="00490AD0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="56C69726" w14:textId="2AD4BCEC" w:rsidR="00866574" w:rsidRPr="0090753C" w:rsidRDefault="00256834" w:rsidP="003D1E5D">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+      </w:pPr>
+      <w:r>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00E3658F">
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidR="00866574" w:rsidRPr="0090753C">
+        <w:t>.0</w:t>
+      </w:r>
+      <w:r w:rsidR="00866574" w:rsidRPr="0090753C">
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:id="22" w:name="Confidentialityspecimens"/>
+      <w:r w:rsidR="00866574" w:rsidRPr="0090753C">
+        <w:t>Confidentiality of Study Specimens</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="22"/>
+    </w:p>
+    <w:p w14:paraId="1BA16526" w14:textId="151ACD4E" w:rsidR="00866574" w:rsidRPr="002B4FC6" w:rsidRDefault="00256834" w:rsidP="00064EDE">
+      <w:pPr>
+        <w:spacing w:before="160" w:after="120"/>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00E3658F">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidR="00866574" w:rsidRPr="002B4FC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>.1</w:t>
+      </w:r>
+      <w:r w:rsidR="00866574" w:rsidRPr="002B4FC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Will</w:t>
+      </w:r>
+      <w:r w:rsidR="00565A6F" w:rsidRPr="002B4FC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> specimens be collected, </w:t>
+      </w:r>
+      <w:r w:rsidR="00866574" w:rsidRPr="002B4FC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>analyzed</w:t>
+      </w:r>
+      <w:r w:rsidR="00565A6F" w:rsidRPr="002B4FC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or received</w:t>
+      </w:r>
+      <w:r w:rsidR="00866574" w:rsidRPr="002B4FC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in this research?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19B21C34" w14:textId="511EACD8" w:rsidR="00866574" w:rsidRPr="002B4FC6" w:rsidRDefault="00E22DC4" w:rsidP="009B722C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="1440"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+          </w:rPr>
+          <w:id w:val="1222634392"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00A31574">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00866574" w:rsidRPr="002B4FC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  No </w:t>
+      </w:r>
+      <w:r w:rsidR="00866574" w:rsidRPr="002B4FC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F0AE"/>
+      </w:r>
+      <w:r w:rsidR="00866574" w:rsidRPr="002B4FC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Skip to </w:t>
+      </w:r>
+      <w:r w:rsidR="00E3658F">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>19</w:t>
+      </w:r>
+      <w:r w:rsidR="00800E88" w:rsidRPr="002B4FC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>.0</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60F0AF9C" w14:textId="22A5667E" w:rsidR="00866574" w:rsidRPr="002B4FC6" w:rsidRDefault="00E22DC4" w:rsidP="000807F1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="1440"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+          </w:rPr>
+          <w:id w:val="525838321"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00A31574">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00866574" w:rsidRPr="002B4FC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  Yes </w:t>
+      </w:r>
+      <w:r w:rsidR="00866574" w:rsidRPr="002B4FC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F0AE"/>
+      </w:r>
+      <w:r w:rsidR="00866574" w:rsidRPr="002B4FC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D20765" w:rsidRPr="002B4FC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Segoe UI Symbol"/>
+        </w:rPr>
+        <w:t>Answer the questions below</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D9E0F90" w14:textId="59E45802" w:rsidR="00D20765" w:rsidRPr="002B4FC6" w:rsidRDefault="00256834" w:rsidP="008A2C28">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="120"/>
+        <w:ind w:left="1440" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00E3658F">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidR="00D20765" w:rsidRPr="002B4FC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>.2</w:t>
+      </w:r>
+      <w:r w:rsidR="00D20765" w:rsidRPr="002B4FC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Where and how will all specimens be stored? Include information about physical controls and authorization of access.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="7920" w:type="dxa"/>
+        <w:tblInd w:w="1435" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7920"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00D20765" w:rsidRPr="002B4FC6" w14:paraId="5635056B" w14:textId="77777777" w:rsidTr="00D20765">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7920" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent5" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="73C7E1F9" w14:textId="77777777" w:rsidR="00D20765" w:rsidRPr="002B4FC6" w:rsidRDefault="00D20765">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="4B1DAC5E" w14:textId="379446E5" w:rsidR="00D20765" w:rsidRPr="002B4FC6" w:rsidRDefault="00256834" w:rsidP="00B113FD">
+      <w:pPr>
+        <w:spacing w:before="360" w:after="120"/>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00E3658F">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidR="00D20765" w:rsidRPr="002B4FC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>.3</w:t>
+      </w:r>
+      <w:r w:rsidR="00D20765" w:rsidRPr="002B4FC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Will the specimens be labeled? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C6A6B76" w14:textId="50106090" w:rsidR="00D20765" w:rsidRPr="002B4FC6" w:rsidRDefault="00E22DC4" w:rsidP="00D20765">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="720" w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+          </w:rPr>
+          <w:id w:val="-1632694895"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00A31574">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00D20765" w:rsidRPr="002B4FC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  No </w:t>
+      </w:r>
+      <w:r w:rsidR="00D20765" w:rsidRPr="002B4FC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F0AE"/>
+      </w:r>
+      <w:r w:rsidR="00D20765" w:rsidRPr="002B4FC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Skip to </w:t>
+      </w:r>
+      <w:r w:rsidR="00256834">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00E3658F">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidR="00192CD5" w:rsidRPr="002B4FC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>.5</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29A97B7D" w14:textId="19D93CDC" w:rsidR="00D20765" w:rsidRPr="002B4FC6" w:rsidRDefault="00E22DC4" w:rsidP="008A2C28">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:ind w:left="720" w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+          </w:rPr>
+          <w:id w:val="38561297"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00A31574">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00D20765" w:rsidRPr="002B4FC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  Yes </w:t>
+      </w:r>
+      <w:r w:rsidR="00D20765" w:rsidRPr="002B4FC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F0AE"/>
+      </w:r>
+      <w:r w:rsidR="00D20765" w:rsidRPr="002B4FC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> What information will be on the label?</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="7920" w:type="dxa"/>
+        <w:tblInd w:w="1435" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7920"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00D20765" w:rsidRPr="002B4FC6" w14:paraId="3F0FCE1F" w14:textId="77777777" w:rsidTr="00D20765">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7920" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent5" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="65F33A48" w14:textId="77777777" w:rsidR="00D20765" w:rsidRPr="00A31574" w:rsidRDefault="00D20765">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="5C635FAA" w14:textId="256D8DCF" w:rsidR="00D20765" w:rsidRPr="002B4FC6" w:rsidRDefault="00256834" w:rsidP="00B113FD">
+      <w:pPr>
+        <w:spacing w:before="360" w:after="120"/>
+        <w:ind w:left="1440" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00E3658F">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>.4</w:t>
+      </w:r>
+      <w:r w:rsidR="00D20765" w:rsidRPr="002B4FC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Will the information that is on the label be linked to other data (for example, a log, data collection form, etc.)?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B59E5E1" w14:textId="08FF5B13" w:rsidR="00D20765" w:rsidRPr="002B4FC6" w:rsidRDefault="00E22DC4" w:rsidP="00D20765">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="720" w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+          </w:rPr>
+          <w:id w:val="487987273"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00A31574">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00D20765" w:rsidRPr="002B4FC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> No </w:t>
+      </w:r>
+      <w:r w:rsidR="00D20765" w:rsidRPr="002B4FC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F0AE"/>
+      </w:r>
+      <w:r w:rsidR="00D20765" w:rsidRPr="002B4FC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Skip to </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5203">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>19</w:t>
+      </w:r>
+      <w:r w:rsidR="0018241F">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>.0</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72D4E2DE" w14:textId="30F9E872" w:rsidR="00D20765" w:rsidRPr="002B4FC6" w:rsidRDefault="00E22DC4" w:rsidP="008A2C28">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:ind w:left="720" w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+          </w:rPr>
+          <w:id w:val="751858036"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00A31574">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00D20765" w:rsidRPr="002B4FC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Yes </w:t>
+      </w:r>
+      <w:r w:rsidR="00D20765" w:rsidRPr="002B4FC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F0AE"/>
+      </w:r>
+      <w:r w:rsidR="00D20765" w:rsidRPr="002B4FC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> What data will it be linked to?</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="7920" w:type="dxa"/>
+        <w:tblInd w:w="1435" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7920"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00D20765" w:rsidRPr="002B4FC6" w14:paraId="4B869DC5" w14:textId="77777777" w:rsidTr="00D20765">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7920" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent5" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C1061D8" w14:textId="77777777" w:rsidR="00D20765" w:rsidRPr="00A31574" w:rsidRDefault="00D20765">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="1A3F78A8" w14:textId="71D96476" w:rsidR="00D20765" w:rsidRPr="002B4FC6" w:rsidRDefault="00256834" w:rsidP="008A2C28">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="120"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00E3658F">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>.5</w:t>
+      </w:r>
+      <w:r w:rsidR="00D20765" w:rsidRPr="002B4FC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Who will have access to the specimens</w:t>
+      </w:r>
+      <w:r w:rsidR="00585B50">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and how long will they be stored</w:t>
+      </w:r>
+      <w:r w:rsidR="00D20765" w:rsidRPr="002B4FC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>?</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="7920" w:type="dxa"/>
+        <w:tblInd w:w="1435" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7920"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00D20765" w:rsidRPr="002B4FC6" w14:paraId="197B4347" w14:textId="77777777" w:rsidTr="00D20765">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7920" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent5" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="10048BFE" w14:textId="77777777" w:rsidR="00D20765" w:rsidRPr="002B4FC6" w:rsidRDefault="00D20765">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="28D0B085" w14:textId="7F17B949" w:rsidR="00D20765" w:rsidRPr="002B4FC6" w:rsidRDefault="00256834" w:rsidP="008A2C28">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="120"/>
+        <w:ind w:left="1440" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00E3658F">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>.6</w:t>
+      </w:r>
+      <w:r w:rsidR="00D20765" w:rsidRPr="002B4FC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Who is responsible for receipt or transmission of the data associated with the specimens and how will it take place?</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="7920" w:type="dxa"/>
+        <w:tblInd w:w="1435" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7920"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00D20765" w:rsidRPr="002B4FC6" w14:paraId="3D11BAC5" w14:textId="77777777" w:rsidTr="00D20765">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7920" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent5" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="69109ADB" w14:textId="77777777" w:rsidR="00D20765" w:rsidRPr="002B4FC6" w:rsidRDefault="00D20765">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="6C36F107" w14:textId="553715F3" w:rsidR="00D20765" w:rsidRPr="002B4FC6" w:rsidRDefault="00256834" w:rsidP="008A2C28">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="120"/>
+        <w:ind w:left="1440" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00E3658F">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>.7</w:t>
+      </w:r>
+      <w:r w:rsidR="00D20765" w:rsidRPr="002B4FC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Who is responsible for the transportation of the specimens and how will it take place?</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="7920" w:type="dxa"/>
+        <w:tblInd w:w="1435" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7920"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00D20765" w:rsidRPr="002B4FC6" w14:paraId="5A69CE27" w14:textId="77777777" w:rsidTr="00D20765">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7920" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent5" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="12C9951A" w14:textId="77777777" w:rsidR="00D20765" w:rsidRPr="002B4FC6" w:rsidRDefault="00D20765">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="615CB123" w14:textId="3A9BB4F9" w:rsidR="00490AD0" w:rsidRPr="0090753C" w:rsidRDefault="008A5203" w:rsidP="003D1E5D">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+      </w:pPr>
+      <w:r>
+        <w:t>19</w:t>
+      </w:r>
+      <w:r w:rsidR="00256834">
+        <w:t>.0</w:t>
+      </w:r>
+      <w:r w:rsidR="00D120D4" w:rsidRPr="0090753C">
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:id="23" w:name="Risks"/>
+      <w:r w:rsidR="004C2521" w:rsidRPr="0090753C">
+        <w:t>Risks to Subjects</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="23"/>
+    </w:p>
+    <w:p w14:paraId="05FB9083" w14:textId="554E9749" w:rsidR="00B66A9A" w:rsidRPr="00064EDE" w:rsidRDefault="008A5203" w:rsidP="00B113FD">
+      <w:pPr>
+        <w:spacing w:before="120"/>
+        <w:ind w:left="1440" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="24" w:name="_Toc536104494"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>19</w:t>
+      </w:r>
+      <w:r w:rsidR="00B66A9A" w:rsidRPr="00064EDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>.1</w:t>
+      </w:r>
+      <w:r w:rsidR="00B66A9A" w:rsidRPr="00064EDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">List the reasonably foreseeable risks, discomforts, hazards, or inconveniences to the subjects related to their participation in the research. Consider physical, psychological, social, legal, and economic risks.  Include a description of the probability, magnitude, duration, and reversibility of the risks. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1EE3A046" w14:textId="73C5DBB0" w:rsidR="00B66A9A" w:rsidRPr="00064EDE" w:rsidRDefault="00B66A9A" w:rsidP="008A2C28">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="1440"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00064EDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">NOTE: For identifiable subject data, </w:t>
+      </w:r>
+      <w:r w:rsidR="004C2521" w:rsidRPr="00064EDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>including prospective chart</w:t>
+      </w:r>
+      <w:r w:rsidR="003216D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>/record</w:t>
+      </w:r>
+      <w:r w:rsidR="004C2521" w:rsidRPr="00064EDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> reviews or combined retrospective/prospective chart</w:t>
+      </w:r>
+      <w:r w:rsidR="003216D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>/record</w:t>
+      </w:r>
+      <w:r w:rsidR="004C2521" w:rsidRPr="00064EDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> reviews</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00064EDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>, breach of confidentiality is always a risk for identifiable subject data and must also be addressed below.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="1440" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7910"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00B66A9A" w:rsidRPr="00064EDE" w14:paraId="12833B39" w14:textId="77777777" w:rsidTr="00AA2C73">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9350" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent5" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D885720" w14:textId="77777777" w:rsidR="00B66A9A" w:rsidRPr="00064EDE" w:rsidRDefault="00B66A9A" w:rsidP="00AA2C73">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="4F83AFF4" w14:textId="60E7290D" w:rsidR="00B66A9A" w:rsidRPr="00064EDE" w:rsidRDefault="008A5203" w:rsidP="005E07EA">
+      <w:pPr>
+        <w:spacing w:before="240"/>
+        <w:ind w:left="1440" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>19</w:t>
+      </w:r>
+      <w:r w:rsidR="00B66A9A" w:rsidRPr="00064EDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>.2</w:t>
+      </w:r>
+      <w:r w:rsidR="00B66A9A" w:rsidRPr="00064EDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Describe procedures performed to lessen the probability or magnitude of </w:t>
+      </w:r>
+      <w:r w:rsidR="004C2521" w:rsidRPr="00064EDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>harm</w:t>
+      </w:r>
+      <w:r w:rsidR="00B66A9A" w:rsidRPr="00064EDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>, including procedures being performed to monitor subjects for safety.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A0210F7" w14:textId="66F5D3CC" w:rsidR="00B66A9A" w:rsidRPr="00064EDE" w:rsidRDefault="00B66A9A" w:rsidP="008A2C28">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="1440"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B46EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>NOTE: If breach of confidentiality is a risk li</w:t>
+      </w:r>
+      <w:r w:rsidR="00282EC5" w:rsidRPr="003B46EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">sted in </w:t>
+      </w:r>
+      <w:r w:rsidR="00A9507A" w:rsidRPr="003B46EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">section </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5203">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>19</w:t>
+      </w:r>
+      <w:r w:rsidR="00966E49" w:rsidRPr="003B46EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00282EC5" w:rsidRPr="003B46EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>1, you may refer to S</w:t>
+      </w:r>
+      <w:r w:rsidR="00966E49" w:rsidRPr="003B46EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ection </w:t>
+      </w:r>
+      <w:r w:rsidR="003B46EC" w:rsidRPr="003B46EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="008A5203">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidR="00293D73" w:rsidRPr="003B46EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.0 and/or </w:t>
+      </w:r>
+      <w:r w:rsidR="003B46EC" w:rsidRPr="003B46EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="008A5203">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidR="00293D73" w:rsidRPr="003B46EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>.0</w:t>
+      </w:r>
+      <w:r w:rsidR="00966E49" w:rsidRPr="003B46EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B46EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>(Confidentiality) as part of your answer.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="1435" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7915"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00B66A9A" w:rsidRPr="00064EDE" w14:paraId="2ED0ED06" w14:textId="77777777" w:rsidTr="00AA2C73">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7915" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent5" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C5187BC" w14:textId="77777777" w:rsidR="00B66A9A" w:rsidRPr="00064EDE" w:rsidRDefault="00B66A9A" w:rsidP="00AA2C73">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="6DB6D60A" w14:textId="42CD46F4" w:rsidR="005437DD" w:rsidRDefault="008A5203" w:rsidP="0090753C">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="120"/>
+        <w:ind w:left="1440" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>19</w:t>
+      </w:r>
+      <w:r w:rsidR="00B66A9A" w:rsidRPr="00064EDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>.3</w:t>
+      </w:r>
+      <w:r w:rsidR="00B66A9A" w:rsidRPr="00064EDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="005437DD" w:rsidRPr="00064EDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>Are there any</w:t>
+      </w:r>
+      <w:r w:rsidR="00B66A9A" w:rsidRPr="00064EDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E76545" w:rsidRPr="00064EDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">study </w:t>
+      </w:r>
+      <w:r w:rsidR="00B66A9A" w:rsidRPr="00064EDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">procedures </w:t>
+      </w:r>
+      <w:r w:rsidR="005437DD" w:rsidRPr="00064EDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">that </w:t>
+      </w:r>
+      <w:r w:rsidR="00B66A9A" w:rsidRPr="00064EDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">may have </w:t>
+      </w:r>
+      <w:r w:rsidR="00E76545" w:rsidRPr="00064EDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">unforeseeable </w:t>
+      </w:r>
+      <w:r w:rsidR="00B66A9A" w:rsidRPr="00064EDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>risks to the subjects</w:t>
+      </w:r>
+      <w:r w:rsidR="00E76545" w:rsidRPr="00064EDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C7F2CA5" w14:textId="0190CCA4" w:rsidR="0041689C" w:rsidRPr="00064EDE" w:rsidRDefault="0044511D" w:rsidP="00A31574">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="120"/>
+        <w:ind w:left="1440" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00A31574">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">NOTE: Although it is impossible to know all potential unforeseeable risks, the question is meant to showcase procedures where the risk profile is not well-known. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044511D">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">An example could be if there are unknown possible drug or psychological effects that might reasonably </w:t>
+      </w:r>
+      <w:r w:rsidR="00A31574" w:rsidRPr="0044511D">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>occur,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044511D">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> but the possible adverse outcomes are unknown</w:t>
+      </w:r>
+      <w:r w:rsidR="0071644A">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BC4A5BD" w14:textId="7CB802B3" w:rsidR="005437DD" w:rsidRPr="00064EDE" w:rsidRDefault="00E22DC4" w:rsidP="00A9507A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="720" w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+          </w:rPr>
+          <w:id w:val="1071695519"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00A31574">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00655738" w:rsidRPr="00064EDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005437DD" w:rsidRPr="00064EDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>No</w:t>
+      </w:r>
+      <w:r w:rsidR="00655738" w:rsidRPr="00064EDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2021BBB9" w14:textId="2BBA1B51" w:rsidR="00B66A9A" w:rsidRPr="00064EDE" w:rsidRDefault="00E22DC4" w:rsidP="008A2C28">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:ind w:left="720" w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+          </w:rPr>
+          <w:id w:val="-80910980"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00A31574">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00655738" w:rsidRPr="00064EDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Yes </w:t>
+      </w:r>
+      <w:r w:rsidR="00655738" w:rsidRPr="00064EDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F0AE"/>
+      </w:r>
+      <w:r w:rsidR="00655738" w:rsidRPr="00064EDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0041689C">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>State procedures</w:t>
+      </w:r>
+      <w:r w:rsidR="00655738" w:rsidRPr="00064EDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="1435" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7915"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00B66A9A" w:rsidRPr="00064EDE" w14:paraId="23CFE78D" w14:textId="77777777" w:rsidTr="00AA2C73">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7915" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent5" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="492B790E" w14:textId="77777777" w:rsidR="00B66A9A" w:rsidRPr="00064EDE" w:rsidRDefault="00B66A9A" w:rsidP="00AA2C73">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="4183BE3C" w14:textId="64C1DE34" w:rsidR="005437DD" w:rsidRPr="00064EDE" w:rsidRDefault="008A5203" w:rsidP="0090753C">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="120"/>
+        <w:ind w:left="1440" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>19</w:t>
+      </w:r>
+      <w:r w:rsidR="00256834">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>.4</w:t>
+      </w:r>
+      <w:r w:rsidR="00B66A9A" w:rsidRPr="00064EDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="005437DD" w:rsidRPr="00064EDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>Are there any</w:t>
+      </w:r>
+      <w:r w:rsidR="00B66A9A" w:rsidRPr="00064EDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00580CF8" w:rsidRPr="00064EDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>study procedures</w:t>
+      </w:r>
+      <w:r w:rsidR="00B66A9A" w:rsidRPr="00064EDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005437DD" w:rsidRPr="00064EDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">that </w:t>
+      </w:r>
+      <w:r w:rsidR="00B66A9A" w:rsidRPr="00064EDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>may have risks to an embryo or fetus should the subject be or become pregnant</w:t>
+      </w:r>
+      <w:r w:rsidR="005437DD" w:rsidRPr="00064EDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71238C90" w14:textId="3F232ECD" w:rsidR="005437DD" w:rsidRPr="00064EDE" w:rsidRDefault="00E22DC4" w:rsidP="00A9507A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="720" w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+          </w:rPr>
+          <w:id w:val="1976180417"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00A31574">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00580CF8" w:rsidRPr="00064EDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005437DD" w:rsidRPr="00064EDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">No </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79F2E16A" w14:textId="1A41EF97" w:rsidR="00B66A9A" w:rsidRPr="00064EDE" w:rsidRDefault="00E22DC4" w:rsidP="008A2C28">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:ind w:left="720" w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+          </w:rPr>
+          <w:id w:val="-1509352736"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00A31574">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00580CF8" w:rsidRPr="00064EDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005437DD" w:rsidRPr="00064EDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>Yes</w:t>
+      </w:r>
+      <w:r w:rsidR="00580CF8" w:rsidRPr="00064EDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00580CF8" w:rsidRPr="00064EDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F0AE"/>
+      </w:r>
+      <w:r w:rsidR="00580CF8" w:rsidRPr="00064EDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Describe below:</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="1435" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7915"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00B66A9A" w:rsidRPr="00064EDE" w14:paraId="2A475A38" w14:textId="77777777" w:rsidTr="00AA2C73">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7915" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent5" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="75BE8D80" w14:textId="77777777" w:rsidR="00B66A9A" w:rsidRPr="00064EDE" w:rsidRDefault="00B66A9A" w:rsidP="00AA2C73">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="05CE6643" w14:textId="1C95714B" w:rsidR="00E76545" w:rsidRPr="00064EDE" w:rsidRDefault="008A5203" w:rsidP="008B73C8">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="120"/>
+        <w:ind w:left="1440" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>19</w:t>
+      </w:r>
+      <w:r w:rsidR="00B66A9A" w:rsidRPr="00064EDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>.5</w:t>
+      </w:r>
+      <w:r w:rsidR="00B66A9A" w:rsidRPr="00064EDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00E76545" w:rsidRPr="00064EDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>Are there any risks</w:t>
+      </w:r>
+      <w:r w:rsidR="00B66A9A" w:rsidRPr="00064EDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to others who are not subjects</w:t>
+      </w:r>
+      <w:r w:rsidR="0044511D">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (e.g. family members or members of the research team)?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34153615" w14:textId="3B0EA942" w:rsidR="00580CF8" w:rsidRPr="00064EDE" w:rsidRDefault="00E22DC4" w:rsidP="00580CF8">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="720" w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+          </w:rPr>
+          <w:id w:val="1581479107"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00A31574">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00580CF8" w:rsidRPr="00064EDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> No </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E5CCD6B" w14:textId="4A549BA3" w:rsidR="00B66A9A" w:rsidRPr="00064EDE" w:rsidRDefault="00E22DC4" w:rsidP="008A2C28">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:ind w:left="720" w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+          </w:rPr>
+          <w:id w:val="709997797"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00A31574">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00580CF8" w:rsidRPr="00064EDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Yes </w:t>
+      </w:r>
+      <w:r w:rsidR="00580CF8" w:rsidRPr="00064EDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F0AE"/>
+      </w:r>
+      <w:r w:rsidR="00580CF8" w:rsidRPr="00064EDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Describe below:</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="1435" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7915"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00B66A9A" w:rsidRPr="00064EDE" w14:paraId="7890E781" w14:textId="77777777" w:rsidTr="00AA2C73">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7915" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent5" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="194148C2" w14:textId="77777777" w:rsidR="00B66A9A" w:rsidRPr="00064EDE" w:rsidRDefault="00B66A9A" w:rsidP="00AA2C73">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="7E9CCB22" w14:textId="6190625A" w:rsidR="00D14B52" w:rsidRPr="00064EDE" w:rsidRDefault="008A5203" w:rsidP="00D14B52">
+      <w:pPr>
+        <w:spacing w:before="240"/>
+        <w:ind w:left="1440" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>19</w:t>
+      </w:r>
+      <w:r w:rsidR="00D14B52" w:rsidRPr="00064EDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>.6</w:t>
+      </w:r>
+      <w:r w:rsidR="00D14B52" w:rsidRPr="00064EDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Describe the availability of medical or psychological resources that subjects might need </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00D14B52" w:rsidRPr="00064EDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>as a result of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00D14B52" w:rsidRPr="00064EDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> anticipated consequences of </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00D14B52" w:rsidRPr="00064EDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>the human</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00D14B52" w:rsidRPr="00064EDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> research, if applicable.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6029E5F0" w14:textId="77777777" w:rsidR="00D14B52" w:rsidRPr="00064EDE" w:rsidRDefault="00D14B52" w:rsidP="008A2C28">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="1440"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00064EDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>NOTE: One example includes: on-call availability of a counselor or psychologist for a study that screens subjects for depression.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="1440" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7910"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00D14B52" w:rsidRPr="00064EDE" w14:paraId="0896EC3F" w14:textId="77777777" w:rsidTr="006536D1">
+        <w:trPr>
+          <w:trHeight w:val="233"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9350" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent5" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="42671B81" w14:textId="77777777" w:rsidR="00D14B52" w:rsidRPr="00064EDE" w:rsidRDefault="00D14B52" w:rsidP="006536D1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkEnd w:id="24"/>
+    <w:p w14:paraId="4C68C1CD" w14:textId="2D728657" w:rsidR="00921962" w:rsidRPr="0090753C" w:rsidRDefault="00AF523E" w:rsidP="003D1E5D">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+      </w:pPr>
+      <w:r>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="008A5203">
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidR="00921962" w:rsidRPr="0090753C">
+        <w:t>.0</w:t>
+      </w:r>
+      <w:r w:rsidR="00921962" w:rsidRPr="0090753C">
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:id="25" w:name="compensation"/>
+      <w:r w:rsidR="00921962" w:rsidRPr="0090753C">
+        <w:t>Compensation for Participation</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="25"/>
+    </w:p>
+    <w:p w14:paraId="21D46929" w14:textId="7DB23AE1" w:rsidR="00D87BBA" w:rsidRPr="007630E3" w:rsidRDefault="00AF523E" w:rsidP="00B113FD">
+      <w:pPr>
+        <w:spacing w:before="120"/>
+        <w:ind w:left="1440" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="008A5203">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidR="00921962" w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>.1</w:t>
+      </w:r>
+      <w:r w:rsidR="00921962" w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Is </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00921962" w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>there</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00921962" w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> compensation for participation in this study?</w:t>
+      </w:r>
+      <w:r w:rsidR="0090753C" w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D87BBA" w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">NOTE: Refer to HRP-316 </w:t>
+      </w:r>
+      <w:r w:rsidR="00AE604C" w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Payments for compensation information. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45C85C90" w14:textId="77512612" w:rsidR="00921962" w:rsidRPr="007630E3" w:rsidRDefault="00E22DC4" w:rsidP="008159AD">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="1440"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+          </w:rPr>
+          <w:id w:val="630519502"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00A31574">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00921962" w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  N/A: This study is not enrolling subjects, or is limited to records review procedures only </w:t>
+      </w:r>
+      <w:r w:rsidR="00921962" w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F0AE"/>
+      </w:r>
+      <w:r w:rsidR="008D182F" w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008159AD" w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>Skip</w:t>
+      </w:r>
+      <w:r w:rsidR="002E5DAB" w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to </w:t>
+      </w:r>
+      <w:r w:rsidR="00AF523E" w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="008A5203">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00921962" w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>.0</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3293CE50" w14:textId="32565581" w:rsidR="00921962" w:rsidRPr="007630E3" w:rsidRDefault="00E22DC4" w:rsidP="008159AD">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="1440"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+          </w:rPr>
+          <w:id w:val="396786342"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00A31574">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00921962" w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> No: There is no compensation for participation </w:t>
+      </w:r>
+      <w:r w:rsidR="00921962" w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F0AE"/>
+      </w:r>
+      <w:r w:rsidR="00921962" w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008159AD" w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>Skip</w:t>
+      </w:r>
+      <w:r w:rsidR="00921962" w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to </w:t>
+      </w:r>
+      <w:r w:rsidR="00256834">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="008A5203">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00921962" w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>.0</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B5EB045" w14:textId="5ED3FD6B" w:rsidR="00921962" w:rsidRPr="007630E3" w:rsidRDefault="00E22DC4" w:rsidP="008159AD">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="1440"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+          </w:rPr>
+          <w:id w:val="-1203478890"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00A31574">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00921962" w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  Yes </w:t>
+      </w:r>
+      <w:r w:rsidR="00921962" w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F0AE"/>
+      </w:r>
+      <w:r w:rsidR="00921962" w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Describe the amount and timing of any compensation to subjects, including monetary, course credit, or gift card compensation:</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="1440" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7910"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00921962" w:rsidRPr="007630E3" w14:paraId="6E8A7666" w14:textId="77777777" w:rsidTr="00921962">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7910" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent5" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A9D45C6" w14:textId="5A0CE7C3" w:rsidR="00921962" w:rsidRPr="007630E3" w:rsidRDefault="00921962" w:rsidP="00AA2C73">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="1ECA0FD6" w14:textId="679B5C10" w:rsidR="00921962" w:rsidRPr="0090753C" w:rsidRDefault="00AF523E" w:rsidP="003D1E5D">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+      </w:pPr>
+      <w:r>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="008A5203">
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00921962" w:rsidRPr="0090753C">
+        <w:t>.0</w:t>
+      </w:r>
+      <w:r w:rsidR="00921962" w:rsidRPr="0090753C">
+        <w:tab/>
+        <w:t>Consent Pr</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="26" w:name="consent"/>
+      <w:bookmarkEnd w:id="26"/>
+      <w:r w:rsidR="00921962" w:rsidRPr="0090753C">
+        <w:t>ocess</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48CE41BC" w14:textId="682C7B12" w:rsidR="00921962" w:rsidRPr="007630E3" w:rsidRDefault="00AF523E" w:rsidP="007630E3">
+      <w:pPr>
+        <w:spacing w:before="120"/>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="008A5203">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00921962" w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>.1</w:t>
+      </w:r>
+      <w:r w:rsidR="00921962" w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="008159AD" w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>Will consent be obtained</w:t>
+      </w:r>
+      <w:r w:rsidR="0044511D">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for any part of the study</w:t>
+      </w:r>
+      <w:r w:rsidR="008159AD" w:rsidRPr="00670661">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>?</w:t>
+      </w:r>
+      <w:r w:rsidR="00921962" w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2BBC9D98" w14:textId="5FE158C0" w:rsidR="00921962" w:rsidRPr="007630E3" w:rsidRDefault="00921962" w:rsidP="007630E3">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="1440"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">NOTE: This does not refer to consent </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>documentation</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, but rather whether you will be obtaining permission from subjects to participate in a research study.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7DF690F4" w14:textId="2A9D0C5A" w:rsidR="00921962" w:rsidRPr="007630E3" w:rsidRDefault="00E22DC4" w:rsidP="00E4058D">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="0"/>
+        <w:ind w:left="1440"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+          </w:rPr>
+          <w:id w:val="-1342003611"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00A31574">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="008D182F" w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00921962" w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>No</w:t>
+      </w:r>
+      <w:r w:rsidR="008159AD" w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00921962" w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F0AE"/>
+      </w:r>
+      <w:r w:rsidR="00921962" w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008159AD" w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>Skip</w:t>
+      </w:r>
+      <w:r w:rsidR="00921962" w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to </w:t>
+      </w:r>
+      <w:r w:rsidR="00AF523E" w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="008A5203">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF523E" w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>.0</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7723DE71" w14:textId="363A0CEA" w:rsidR="00921962" w:rsidRPr="007630E3" w:rsidRDefault="00E22DC4" w:rsidP="00E4058D">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:ind w:left="1440"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+          </w:rPr>
+          <w:id w:val="-1156066420"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00A31574">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00921962" w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Yes </w:t>
+      </w:r>
+      <w:r w:rsidR="00921962" w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F0AE"/>
+      </w:r>
+      <w:r w:rsidR="00921962" w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008159AD" w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>Answer all questions in this section</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3619945B" w14:textId="36CC4D03" w:rsidR="00921962" w:rsidRPr="007630E3" w:rsidRDefault="00AF523E" w:rsidP="007630E3">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="120"/>
+        <w:ind w:left="1440" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="008A5203">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00921962" w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>.2</w:t>
+      </w:r>
+      <w:r w:rsidR="00921962" w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Describe</w:t>
+      </w:r>
+      <w:r w:rsidR="00A33306" w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the process for how consent will be obtained and include when and where</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE7456" w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D10D2C" w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>(e.g. In-person, Online, Phone, Mail, etc.)</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE7456" w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E5D31EA" w14:textId="0406663C" w:rsidR="00921962" w:rsidRPr="007630E3" w:rsidRDefault="00D0040E" w:rsidP="008A2C28">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="1440"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>NOTE</w:t>
+      </w:r>
+      <w:r w:rsidR="00921962" w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: Personnel involved with the consent process must be </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>listed</w:t>
+      </w:r>
+      <w:r w:rsidR="00921962" w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> as study team member</w:t>
+      </w:r>
+      <w:r w:rsidR="008159AD" w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in Click</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="1435" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7915"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00921962" w:rsidRPr="007630E3" w14:paraId="388D9554" w14:textId="77777777" w:rsidTr="00AA2C73">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7915" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent5" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="2850A318" w14:textId="1CB7C33B" w:rsidR="00921962" w:rsidRPr="007630E3" w:rsidRDefault="00921962" w:rsidP="00AA2C73">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="2AA6878A" w14:textId="36329146" w:rsidR="00921962" w:rsidRPr="007630E3" w:rsidRDefault="00256834" w:rsidP="008A2C28">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="120"/>
+        <w:ind w:left="1440" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="008A5203">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00921962" w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>.3</w:t>
+      </w:r>
+      <w:r w:rsidR="00921962" w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Include the steps you will take to protect the privacy of subjects while obtaining consent</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE7456" w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="1435" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7915"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00921962" w:rsidRPr="007630E3" w14:paraId="17C9ACA6" w14:textId="77777777" w:rsidTr="00AA2C73">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7915" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent5" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="51AA92AC" w14:textId="6F3A7A2B" w:rsidR="00921962" w:rsidRPr="007630E3" w:rsidRDefault="00921962" w:rsidP="00AA2C73">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="2EF11FD1" w14:textId="77EF82C2" w:rsidR="00921962" w:rsidRPr="007630E3" w:rsidRDefault="00AF523E" w:rsidP="005E07EA">
+      <w:pPr>
+        <w:spacing w:before="240"/>
+        <w:ind w:left="1440" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="008A5203">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00921962" w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>.4</w:t>
+      </w:r>
+      <w:r w:rsidR="00921962" w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Describe how you will ensure that subjects are provided with a sufficient </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00921962" w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>period of time</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00921962" w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to consider taking part in the research study</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE7456" w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="735E61A6" w14:textId="32A95FB5" w:rsidR="00921962" w:rsidRPr="007630E3" w:rsidRDefault="00921962" w:rsidP="008A2C28">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:ind w:left="1440"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>NOTE: It is always a requirement that a prospective subject is given sufficient time to have their questions answered and</w:t>
+      </w:r>
+      <w:r w:rsidR="00282EC5" w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> consider their participation. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">See </w:t>
+      </w:r>
+      <w:r w:rsidR="00282EC5" w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidR="008159AD" w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ections 5.5 and 5.6 of the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">“SOP: Informed Consent Process for Research (HRP-090)” </w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="1435" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7915"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00921962" w:rsidRPr="007630E3" w14:paraId="38D9D5F9" w14:textId="77777777" w:rsidTr="00AA2C73">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7915" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent5" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="06D51D83" w14:textId="1A3BFE1A" w:rsidR="00921962" w:rsidRPr="007630E3" w:rsidRDefault="00921962" w:rsidP="00AA2C73">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="543BDF3B" w14:textId="6A8A2847" w:rsidR="004019CD" w:rsidRPr="007630E3" w:rsidRDefault="00AF523E" w:rsidP="008A2C28">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="120"/>
+        <w:ind w:left="1440" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="008A5203">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00921962" w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>.5</w:t>
+      </w:r>
+      <w:r w:rsidR="00921962" w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Describe any process to ensure ongoing consent, defined as a subject’s willingness to continue participation for the duration of the research study</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE7456" w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00921962" w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="1435" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7915"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00921962" w:rsidRPr="007630E3" w14:paraId="495095BA" w14:textId="77777777" w:rsidTr="00AA2C73">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7915" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent5" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="17BD0409" w14:textId="2405F63C" w:rsidR="00921962" w:rsidRPr="007630E3" w:rsidRDefault="00921962" w:rsidP="00AA2C73">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="338CCCD9" w14:textId="720E120A" w:rsidR="00921962" w:rsidRPr="007630E3" w:rsidRDefault="00AF523E" w:rsidP="008A2C28">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="120"/>
+        <w:ind w:left="1440" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="008A5203">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00921962" w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>.6</w:t>
+      </w:r>
+      <w:r w:rsidR="00921962" w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Describe the steps taken to minimize the possibility of coercion or undue influence in the consent process:  </w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="1435" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7915"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00921962" w:rsidRPr="007630E3" w14:paraId="5639B01B" w14:textId="77777777" w:rsidTr="00AA2C73">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7915" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent5" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B9B773A" w14:textId="4AD1C3B2" w:rsidR="00921962" w:rsidRPr="007630E3" w:rsidRDefault="00921962" w:rsidP="00AA2C73">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="7120D56A" w14:textId="586316C6" w:rsidR="000839F0" w:rsidRPr="007630E3" w:rsidRDefault="00AF523E" w:rsidP="005E07EA">
+      <w:pPr>
+        <w:spacing w:before="240"/>
+        <w:ind w:left="1440" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="008A5203">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00921962" w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>.7</w:t>
+      </w:r>
+      <w:r w:rsidR="00921962" w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="008159AD" w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Will you be </w:t>
+      </w:r>
+      <w:r w:rsidR="00921962" w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>following “SOP: Informed Consent P</w:t>
+      </w:r>
+      <w:r w:rsidR="008159AD" w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>rocess for Research (HRP-090).”?</w:t>
+      </w:r>
+      <w:r w:rsidR="00D42EAC" w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49907305" w14:textId="1BC05A3C" w:rsidR="00D42EAC" w:rsidRPr="007630E3" w:rsidRDefault="00D0040E" w:rsidP="007630E3">
+      <w:pPr>
+        <w:spacing w:before="120"/>
+        <w:ind w:left="1440"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>NOTE</w:t>
+      </w:r>
+      <w:r w:rsidR="008159AD" w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="00921962" w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>Pay particular attention to Sections 5.4-5.9</w:t>
+      </w:r>
+      <w:r w:rsidR="00B55180" w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of the HRP-090</w:t>
+      </w:r>
+      <w:r w:rsidR="00921962" w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23BBE374" w14:textId="74144EE6" w:rsidR="00D42EAC" w:rsidRPr="007630E3" w:rsidRDefault="00E22DC4" w:rsidP="00D42EAC">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="1440"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+          </w:rPr>
+          <w:id w:val="-1247954762"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00A31574">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00D42EAC" w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> We have reviewed and will be following “SOP: Informed Consent Process for Research (HRP-090)”</w:t>
+      </w:r>
+      <w:r w:rsidR="0066412D" w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> with no exceptions</w:t>
+      </w:r>
+      <w:r w:rsidR="00665D05" w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D42EAC" w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F0AE"/>
+      </w:r>
+      <w:r w:rsidR="002E5DAB" w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Skip to </w:t>
+      </w:r>
+      <w:r w:rsidR="00AF523E" w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="008A5203">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00D42EAC" w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>.0</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="173C73C7" w14:textId="627A5332" w:rsidR="00D42EAC" w:rsidRPr="007630E3" w:rsidRDefault="00E22DC4" w:rsidP="00D42EAC">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="1440"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+          </w:rPr>
+          <w:id w:val="2023660290"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00A31574">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="009F4752" w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D42EAC" w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+        </w:rPr>
+        <w:t>We</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB36B1" w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> have reviewed and</w:t>
+      </w:r>
+      <w:r w:rsidR="00D42EAC" w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> will be following “SOP: Informed Consent Process for Research (HRP-090)”</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE1A62" w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+        </w:rPr>
+        <w:t>, but t</w:t>
+      </w:r>
+      <w:r w:rsidR="00D42EAC" w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+        </w:rPr>
+        <w:t xml:space="preserve">here are exceptions or additional details to what is covered in the SOP </w:t>
+      </w:r>
+      <w:r w:rsidR="00665D05" w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F0AE"/>
+      </w:r>
+      <w:r w:rsidR="00665D05" w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D42EAC" w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Describe the </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE1A62" w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+        </w:rPr>
+        <w:t xml:space="preserve">exceptions </w:t>
+      </w:r>
+      <w:r w:rsidR="00D42EAC" w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+        </w:rPr>
+        <w:t xml:space="preserve">below: </w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="1795" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7555"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00D0040E" w:rsidRPr="007630E3" w14:paraId="4511DD99" w14:textId="77777777" w:rsidTr="00A31574">
+        <w:trPr>
+          <w:trHeight w:val="242"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7555" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent5" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="102DB8A9" w14:textId="77777777" w:rsidR="00D0040E" w:rsidRPr="007630E3" w:rsidRDefault="00D0040E" w:rsidP="00A31574">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="3D66A457" w14:textId="43FA1BB5" w:rsidR="000A3717" w:rsidRPr="0090753C" w:rsidRDefault="00AF523E" w:rsidP="003D1E5D">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="27" w:name="Banking"/>
+      <w:r>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="008A5203">
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00DA4F5E" w:rsidRPr="0090753C">
+        <w:t>.0</w:t>
+      </w:r>
+      <w:r w:rsidR="00DA4F5E" w:rsidRPr="0090753C">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00750846" w:rsidRPr="0090753C">
+        <w:t>B</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD174B" w:rsidRPr="0090753C">
+        <w:t>ankin</w:t>
+      </w:r>
+      <w:r w:rsidR="000A3717" w:rsidRPr="0090753C">
+        <w:t xml:space="preserve">g </w:t>
+      </w:r>
+      <w:r w:rsidR="00F612BF" w:rsidRPr="0090753C">
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidR="000A3717" w:rsidRPr="0090753C">
+        <w:t xml:space="preserve">ata </w:t>
+      </w:r>
+      <w:r w:rsidR="008F51A9" w:rsidRPr="0090753C">
+        <w:t xml:space="preserve">and/or </w:t>
+      </w:r>
+      <w:r w:rsidR="00F612BF" w:rsidRPr="0090753C">
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidR="008F51A9" w:rsidRPr="0090753C">
+        <w:t xml:space="preserve">pecimens </w:t>
+      </w:r>
+      <w:r w:rsidR="000A3717" w:rsidRPr="0090753C">
+        <w:t>for future use</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:p w14:paraId="25BB6D1B" w14:textId="3E0AFBA5" w:rsidR="00490AD0" w:rsidRPr="007630E3" w:rsidRDefault="00AF523E" w:rsidP="007630E3">
+      <w:pPr>
+        <w:spacing w:before="120"/>
+        <w:ind w:left="1440" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="008A5203">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="002C3697" w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>.1</w:t>
+      </w:r>
+      <w:r w:rsidR="002C3697" w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00490AD0" w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>Will this</w:t>
+      </w:r>
+      <w:r w:rsidR="009F53E1" w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> study bank </w:t>
+      </w:r>
+      <w:r w:rsidR="0029432F" w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>data and/or specimens</w:t>
+      </w:r>
+      <w:r w:rsidR="009F53E1" w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for </w:t>
+      </w:r>
+      <w:r w:rsidR="00231F19" w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>f</w:t>
+      </w:r>
+      <w:r w:rsidR="009F53E1" w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">uture </w:t>
+      </w:r>
+      <w:r w:rsidR="00231F19" w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>u</w:t>
+      </w:r>
+      <w:r w:rsidR="009F53E1" w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>se or research outside the scope of the present protocol?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E0D6407" w14:textId="72C3435F" w:rsidR="000E087C" w:rsidRPr="007630E3" w:rsidRDefault="00231F19" w:rsidP="000E087C">
+      <w:pPr>
+        <w:ind w:left="1440"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>NOTE: Your response here must be consistent with your response at the “What happens if I say yes, I want to be in this research?” Section of the Template Consent Document (HRP-502).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="225573EF" w14:textId="5F7CB37D" w:rsidR="00490AD0" w:rsidRPr="007630E3" w:rsidRDefault="00E22DC4" w:rsidP="00701CEA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="1440"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+          </w:rPr>
+          <w:id w:val="-1853493476"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00A31574">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="000E0FA1" w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003D7F91" w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Yes </w:t>
+      </w:r>
+      <w:r w:rsidR="003D7F91" w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F0AE"/>
+      </w:r>
+      <w:r w:rsidR="003D7F91" w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F46847" w:rsidRPr="00B113FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>📎</w:t>
+      </w:r>
+      <w:r w:rsidR="000807F1" w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Complete </w:t>
+      </w:r>
+      <w:r w:rsidR="005C50EA" w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidR="000807F1" w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">“HRP-512_Banking Data and Specimens Supplement”, located in the ‘Templates’ section of the Click Library and </w:t>
+      </w:r>
+      <w:r w:rsidR="008B73C8" w:rsidRPr="008B73C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>upload it to the ‘Basic Study Information’ smart-form page of your Click submission under “Attach the protocol”</w:t>
+      </w:r>
+      <w:r w:rsidR="000807F1" w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4289D963" w14:textId="7678C9AA" w:rsidR="00055A3A" w:rsidRPr="007630E3" w:rsidRDefault="00E22DC4" w:rsidP="00236820">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="1440"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+          </w:rPr>
+          <w:id w:val="-1268465786"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00A31574">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="000E0FA1" w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003D7F91" w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>No</w:t>
+      </w:r>
+      <w:r w:rsidR="00A02CF3" w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="468DC3CC" w14:textId="77777777" w:rsidR="000E087C" w:rsidRDefault="000E087C" w:rsidP="00236820">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="1440"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="715" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="8635"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="000E087C" w14:paraId="535769A8" w14:textId="77777777" w:rsidTr="000E087C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8635" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="171C9B73" w14:textId="77777777" w:rsidR="000E087C" w:rsidRPr="00256834" w:rsidRDefault="000E087C" w:rsidP="000E087C">
+            <w:pPr>
+              <w:spacing w:before="240"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00256834">
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>STOP HERE IF YOU ARE REQUESTING AN EXEMPT OR NOT HUMAN SUBJECTS DETERMINATION</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="413CC4D1" w14:textId="77777777" w:rsidR="000E087C" w:rsidRDefault="000E087C" w:rsidP="00236820">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="04D5EB0F" w14:textId="3D6F7786" w:rsidR="00EA4E10" w:rsidRPr="0090753C" w:rsidRDefault="00256834" w:rsidP="003D1E5D">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+      </w:pPr>
+      <w:r>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="008A5203">
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="00EA4E10" w:rsidRPr="0090753C">
+        <w:t>.0</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="28" w:name="FUNDING"/>
+      <w:r w:rsidR="00EA4E10" w:rsidRPr="0090753C">
+        <w:tab/>
+        <w:t xml:space="preserve">Funding </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="28"/>
+    </w:p>
+    <w:p w14:paraId="1DA74C88" w14:textId="5F96B13F" w:rsidR="00EA4E10" w:rsidRPr="00941D4E" w:rsidRDefault="00256834" w:rsidP="00EA4E10">
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="008A5203">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="00EA4E10" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>.1</w:t>
+      </w:r>
+      <w:r w:rsidR="00EA4E10" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Select funding source below – the funding listed below should match what is listed in Click </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="362FCC15" w14:textId="589D702B" w:rsidR="00EA4E10" w:rsidRDefault="00EA4E10" w:rsidP="00EA4E10">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:rPr>
+          <w:id w:val="467101268"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00A31574">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> N/A: There is no funding for this study</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75D491FF" w14:textId="1271BF39" w:rsidR="0041689C" w:rsidRDefault="0041689C" w:rsidP="00EA4E10">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:rPr>
+          <w:id w:val="-555092775"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00A31574">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>Internal/UB funding</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10F77847" w14:textId="444B3FE0" w:rsidR="0041689C" w:rsidRDefault="0041689C" w:rsidP="00EA4E10">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:rPr>
+          <w:id w:val="-1490169778"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00A31574">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>External funding</w:t>
+      </w:r>
+      <w:r w:rsidR="007757F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="007757F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="633C003C" w14:textId="5E7ED98A" w:rsidR="007757F9" w:rsidRPr="00941D4E" w:rsidRDefault="00E22DC4" w:rsidP="008B73C8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="2160"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:rPr>
+          <w:id w:val="1572234086"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00A31574">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00097242" w:rsidRPr="008B73C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007757F9" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Grant Funded (e.g. NIH, foundation grant) </w:t>
+      </w:r>
+      <w:r w:rsidR="007757F9" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F0AE"/>
+      </w:r>
+      <w:bookmarkStart w:id="29" w:name="_Hlk177025287"/>
+      <w:r w:rsidR="007757F9" w:rsidRPr="008A2C28">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>📎</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="29"/>
+      <w:r w:rsidR="007757F9" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>Include the grant proposal with this submission</w:t>
+      </w:r>
+      <w:r w:rsidR="007757F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C950E6B" w14:textId="6BE7D76E" w:rsidR="0041689C" w:rsidRPr="00941D4E" w:rsidRDefault="00E22DC4" w:rsidP="008B73C8">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2160"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:rPr>
+          <w:id w:val="-296219375"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00A31574">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00097242" w:rsidRPr="008B73C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007757F9" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Commercial/Industry Sponsor – </w:t>
+      </w:r>
+      <w:r w:rsidR="007757F9" w:rsidRPr="002B4FC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>📎</w:t>
+      </w:r>
+      <w:r w:rsidR="007757F9" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Include a fee form with </w:t>
+      </w:r>
+      <w:r w:rsidR="007757F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>your</w:t>
+      </w:r>
+      <w:r w:rsidR="007757F9" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> submission (Click Library &gt; General Tab &gt; Fee Form</w:t>
+      </w:r>
+      <w:r w:rsidR="007757F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A096662" w14:textId="49DBA847" w:rsidR="00EA4E10" w:rsidRPr="00941D4E" w:rsidRDefault="00E22DC4" w:rsidP="00097242">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2160"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:rPr>
+          <w:id w:val="1340819422"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00A31574">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00EA4E10" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Grant is pending (Submit a modification to the study once funding is finalized)</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpXSpec="right" w:tblpY="2"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="5395"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00097242" w:rsidRPr="00941D4E" w14:paraId="53798196" w14:textId="77777777" w:rsidTr="008B73C8">
+        <w:trPr>
+          <w:trHeight w:val="170"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5395" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent5" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="6EB93D81" w14:textId="77777777" w:rsidR="00097242" w:rsidRPr="00941D4E" w:rsidRDefault="00097242" w:rsidP="00097242">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="624ED399" w14:textId="7672B653" w:rsidR="00EA4E10" w:rsidRPr="00941D4E" w:rsidRDefault="00097242" w:rsidP="009C43E4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="720" w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:rPr>
+          <w:id w:val="-1281945993"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00A31574">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00EA4E10" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Other funding </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00EA4E10" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>source</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00EA4E10" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="051892C4" w14:textId="29349109" w:rsidR="00EA4E10" w:rsidRPr="00941D4E" w:rsidRDefault="00256834" w:rsidP="009C43E4">
+      <w:pPr>
+        <w:spacing w:before="240"/>
+        <w:ind w:left="1440" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00FD1037">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="00EA4E10" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>.2</w:t>
+      </w:r>
+      <w:r w:rsidR="00EA4E10" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Is the funding source a Start-Up Company </w:t>
+      </w:r>
+      <w:r w:rsidR="00667474">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>created by the</w:t>
+      </w:r>
+      <w:r w:rsidR="00EA4E10" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> P</w:t>
+      </w:r>
+      <w:r w:rsidR="00667474">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>rimary Investigator</w:t>
+      </w:r>
+      <w:r w:rsidR="00EA4E10" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or any Study Team Member?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1AC31830" w14:textId="68EDF032" w:rsidR="00EA4E10" w:rsidRPr="00941D4E" w:rsidRDefault="00EA4E10" w:rsidP="00EA4E10">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+          </w:rPr>
+          <w:id w:val="1635528892"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00A31574">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> No</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="498398A4" w14:textId="5E8BABEC" w:rsidR="00EA4E10" w:rsidRPr="00941D4E" w:rsidRDefault="00EA4E10" w:rsidP="00EA4E10">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+          </w:rPr>
+          <w:id w:val="-441535362"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00A31574">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Yes </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="725988D5" w14:textId="21EA61D3" w:rsidR="00EA4E10" w:rsidRPr="0090753C" w:rsidRDefault="00256834" w:rsidP="003D1E5D">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:spacing w:before="240"/>
+      </w:pPr>
+      <w:r>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="008A5203">
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="00EA4E10" w:rsidRPr="0090753C">
+        <w:t>.0</w:t>
+      </w:r>
+      <w:r w:rsidR="00EA4E10" w:rsidRPr="0090753C">
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:id="30" w:name="Background"/>
+      <w:r w:rsidR="00EA4E10" w:rsidRPr="0090753C">
+        <w:t>Background</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="30"/>
+    </w:p>
+    <w:p w14:paraId="6FE3421F" w14:textId="1C5044BE" w:rsidR="00EA4E10" w:rsidRPr="00941D4E" w:rsidRDefault="00256834" w:rsidP="00EA4E10">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="1440" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="008A5203">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="00EA4E10" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>.1</w:t>
+      </w:r>
+      <w:r w:rsidR="00EA4E10" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Provide the scientific or scholarly background, rationale, and significance of the research based on the existing </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00EA4E10" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>literature, and</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00EA4E10" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> describe how it will contribute to existing knowledge. Describe any gaps in current </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00EA4E10" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>knowledge, and</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00EA4E10" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> include relevant preliminary findings or prior research by the investigator. </w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="1435" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7915"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00EA4E10" w:rsidRPr="00941D4E" w14:paraId="6B208D27" w14:textId="77777777" w:rsidTr="00263740">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7915" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent5" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C6C8B15" w14:textId="77777777" w:rsidR="00EA4E10" w:rsidRPr="00941D4E" w:rsidRDefault="00EA4E10" w:rsidP="00263740">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="5AD3F9FE" w14:textId="51D8BD83" w:rsidR="00EA4E10" w:rsidRPr="00941D4E" w:rsidRDefault="00256834" w:rsidP="00256834">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="120"/>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="008A5203">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="00EA4E10" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>.2</w:t>
+      </w:r>
+      <w:r w:rsidR="00EA4E10" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Include complete citations or references:</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="1435" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7915"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00EA4E10" w:rsidRPr="00941D4E" w14:paraId="223C2573" w14:textId="77777777" w:rsidTr="00263740">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7915" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent5" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="112A639D" w14:textId="77777777" w:rsidR="00EA4E10" w:rsidRPr="00941D4E" w:rsidRDefault="00EA4E10" w:rsidP="00263740">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="7DD8F856" w14:textId="13069472" w:rsidR="00585B50" w:rsidRPr="0090753C" w:rsidRDefault="00585B50" w:rsidP="003D1E5D">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+      </w:pPr>
+      <w:r>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="008A5203">
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0090753C">
+        <w:t>.0</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0090753C">
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:id="31" w:name="Endpoints"/>
+      <w:r w:rsidRPr="0090753C">
+        <w:t>Scientific Endpoints</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="31"/>
+    </w:p>
+    <w:p w14:paraId="07BBFB99" w14:textId="184CED70" w:rsidR="00585B50" w:rsidRPr="007630E3" w:rsidRDefault="00585B50" w:rsidP="00585B50">
+      <w:pPr>
+        <w:spacing w:before="120"/>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="008A5203">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>.1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Describe the scientific endpoint(s), the main result or occurrence under study.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51AFD5E7" w14:textId="77777777" w:rsidR="00585B50" w:rsidRPr="007630E3" w:rsidRDefault="00585B50" w:rsidP="00585B50">
+      <w:pPr>
+        <w:ind w:left="1440"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">NOTE: Scientific endpoints are outcomes defined before the study begins, to determine whether the objectives of the study have been met, and to draw conclusions from the data. Include primary and secondary endpoints. Your response should not be a date.  </w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="1435" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7915"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00585B50" w:rsidRPr="007630E3" w14:paraId="651F3F1F" w14:textId="77777777" w:rsidTr="00263740">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7915" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent5" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="61ADD708" w14:textId="77777777" w:rsidR="00585B50" w:rsidRPr="007630E3" w:rsidRDefault="00585B50" w:rsidP="00263740">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="0B38522C" w14:textId="07C3FB9B" w:rsidR="00D14B52" w:rsidRPr="0090753C" w:rsidRDefault="00256834" w:rsidP="003D1E5D">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+      </w:pPr>
+      <w:r>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="008A5203">
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="00D14B52" w:rsidRPr="0090753C">
+        <w:t>.0</w:t>
+      </w:r>
+      <w:r w:rsidR="00D14B52" w:rsidRPr="0090753C">
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:id="32" w:name="Resources"/>
+      <w:r w:rsidR="007757F9">
+        <w:t xml:space="preserve">Staff </w:t>
+      </w:r>
+      <w:r w:rsidR="00D14B52" w:rsidRPr="0090753C">
+        <w:t>Resources and Qualifications</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="32"/>
+    </w:p>
+    <w:p w14:paraId="0AB50D5F" w14:textId="5AE59912" w:rsidR="00D14B52" w:rsidRPr="007630E3" w:rsidRDefault="00256834" w:rsidP="007630E3">
+      <w:pPr>
+        <w:spacing w:before="120"/>
+        <w:ind w:left="1440" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="008A5203">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="00D14B52" w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>.1</w:t>
+      </w:r>
+      <w:r w:rsidR="00D14B52" w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Describe the qualifications (e.g. education, training, experience, expertise, or certifications) of the Principal Investigator and staff to perform the research. </w:t>
+      </w:r>
+      <w:r w:rsidR="007757F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>Provide enough information to demonstrate how the study team has enough expertise and resources to adequately conduct the study as designed.</w:t>
+      </w:r>
+      <w:r w:rsidR="00D14B52" w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5ECEBB02" w14:textId="77777777" w:rsidR="00D14B52" w:rsidRPr="007630E3" w:rsidRDefault="00D14B52" w:rsidP="007630E3">
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Also, include the time and effort that the Principal Investigator and research staff will devote to conducting and completing the research.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3BE9147B" w14:textId="77777777" w:rsidR="00D14B52" w:rsidRPr="007630E3" w:rsidRDefault="00D14B52" w:rsidP="00D14B52">
+      <w:pPr>
+        <w:ind w:left="1440"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>NOTE: If you list a study team member by name instead of role, you will need to revise the table if there is a future modification submitted to remove that study team member.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="1440" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2405"/>
+        <w:gridCol w:w="3304"/>
+        <w:gridCol w:w="2201"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00D14B52" w:rsidRPr="007630E3" w14:paraId="45791633" w14:textId="77777777" w:rsidTr="006536D1">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2405" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="77C37F42" w14:textId="0C65254C" w:rsidR="00D14B52" w:rsidRPr="007630E3" w:rsidRDefault="00F80F3D" w:rsidP="006536D1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007630E3">
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>Role or Name</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3304" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="21F5F93F" w14:textId="64B60699" w:rsidR="00D14B52" w:rsidRPr="007630E3" w:rsidRDefault="007757F9" w:rsidP="006536D1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>Education/Experience</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2201" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="74679982" w14:textId="77777777" w:rsidR="00D14B52" w:rsidRPr="007630E3" w:rsidRDefault="00D14B52" w:rsidP="006536D1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007630E3">
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>Time/Effort</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D14B52" w:rsidRPr="007630E3" w14:paraId="20E7C1EB" w14:textId="77777777" w:rsidTr="006536D1">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2405" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent5" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="515573AD" w14:textId="77777777" w:rsidR="00D14B52" w:rsidRPr="007630E3" w:rsidRDefault="00D14B52" w:rsidP="006536D1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3304" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent5" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="564382D2" w14:textId="77777777" w:rsidR="00D14B52" w:rsidRPr="007630E3" w:rsidRDefault="00D14B52" w:rsidP="006536D1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2201" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent5" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="76FE9D5C" w14:textId="77777777" w:rsidR="00D14B52" w:rsidRPr="007630E3" w:rsidRDefault="00D14B52" w:rsidP="006536D1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D14B52" w:rsidRPr="007630E3" w14:paraId="213FC7C8" w14:textId="77777777" w:rsidTr="006536D1">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2405" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent5" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="760712A2" w14:textId="77777777" w:rsidR="00D14B52" w:rsidRPr="007630E3" w:rsidRDefault="00D14B52" w:rsidP="006536D1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3304" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent5" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="0862CEE2" w14:textId="77777777" w:rsidR="00D14B52" w:rsidRPr="007630E3" w:rsidRDefault="00D14B52" w:rsidP="006536D1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2201" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent5" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="51A77BA8" w14:textId="77777777" w:rsidR="00D14B52" w:rsidRPr="007630E3" w:rsidRDefault="00D14B52" w:rsidP="006536D1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D14B52" w:rsidRPr="007630E3" w14:paraId="2B0D9406" w14:textId="77777777" w:rsidTr="006536D1">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2405" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent5" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="26DFFEC7" w14:textId="77777777" w:rsidR="00D14B52" w:rsidRPr="007630E3" w:rsidRDefault="00D14B52" w:rsidP="006536D1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3304" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent5" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A3DD7D4" w14:textId="77777777" w:rsidR="00D14B52" w:rsidRPr="007630E3" w:rsidRDefault="00D14B52" w:rsidP="006536D1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2201" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent5" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="318DE16B" w14:textId="77777777" w:rsidR="00D14B52" w:rsidRPr="007630E3" w:rsidRDefault="00D14B52" w:rsidP="006536D1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="42F46EF7" w14:textId="45A69934" w:rsidR="00D14B52" w:rsidRPr="007630E3" w:rsidRDefault="00256834" w:rsidP="00D14B52">
+      <w:pPr>
+        <w:spacing w:before="240"/>
+        <w:ind w:left="1440" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="008A5203">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="00D14B52" w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>.2</w:t>
+      </w:r>
+      <w:r w:rsidR="00D14B52" w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Describe the process to ensure all persons assisting with the research are adequately informed about the protocol, the research procedures, and their duties/functions. </w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="1440" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7910"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00D14B52" w:rsidRPr="007630E3" w14:paraId="7AB8AA85" w14:textId="77777777" w:rsidTr="006536D1">
+        <w:trPr>
+          <w:trHeight w:val="278"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9350" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent5" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="3651C9D4" w14:textId="77777777" w:rsidR="00D14B52" w:rsidRPr="007630E3" w:rsidRDefault="00D14B52" w:rsidP="006536D1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="203629FF" w14:textId="581F8877" w:rsidR="00585B50" w:rsidRPr="00670661" w:rsidRDefault="00585B50" w:rsidP="003D1E5D">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="33" w:name="monitordata"/>
+      <w:r w:rsidRPr="00670661">
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="008A5203">
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00670661">
+        <w:t>.0</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00670661">
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:id="34" w:name="community"/>
+      <w:r w:rsidRPr="00670661">
+        <w:t xml:space="preserve">Community-Based Participatory Research </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="34"/>
+    </w:p>
+    <w:p w14:paraId="58F5E19E" w14:textId="77777777" w:rsidR="00585B50" w:rsidRPr="00670661" w:rsidRDefault="00585B50" w:rsidP="00585B50">
+      <w:pPr>
+        <w:spacing w:before="120"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00670661">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>Community-Based Participatory Research (CBPR) is a collaborative approach to research that equitably involves all partners in the research process and recognizes the unique strengths that each brings. CBPR begins with a research topic of importance to the community, has the aim of combining knowledge with action and achieving social change to improve health outcomes and eliminate health disparities.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BDD5D43" w14:textId="76837ABD" w:rsidR="00585B50" w:rsidRPr="00670661" w:rsidRDefault="00585B50" w:rsidP="00585B50">
+      <w:pPr>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00670661">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="008A5203">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00670661">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>.1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00670661">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Does this study utilize CBPR?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C515140" w14:textId="3DE91835" w:rsidR="00585B50" w:rsidRPr="00670661" w:rsidRDefault="00E22DC4" w:rsidP="00585B50">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="1440"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+          </w:rPr>
+          <w:id w:val="727880243"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00A31574">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00A31574" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00585B50" w:rsidRPr="00670661">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">No </w:t>
+      </w:r>
+      <w:r w:rsidR="00585B50" w:rsidRPr="00670661">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F0AE"/>
+      </w:r>
+      <w:r w:rsidR="00585B50" w:rsidRPr="00670661">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Skip to 2</w:t>
+      </w:r>
+      <w:r w:rsidR="008A5203">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidR="00585B50" w:rsidRPr="00670661">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>.0</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B32383B" w14:textId="595FD218" w:rsidR="00585B50" w:rsidRPr="00670661" w:rsidRDefault="00E22DC4" w:rsidP="00585B50">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="1440"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+          </w:rPr>
+          <w:id w:val="-1283643733"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00A31574">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00585B50" w:rsidRPr="00670661">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Yes </w:t>
+      </w:r>
+      <w:r w:rsidR="00585B50" w:rsidRPr="00670661">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F0AE"/>
+      </w:r>
+      <w:r w:rsidR="00585B50" w:rsidRPr="00670661">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Answer the questions below</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20A3F5CB" w14:textId="2211A62E" w:rsidR="00585B50" w:rsidRPr="00670661" w:rsidRDefault="00585B50" w:rsidP="00585B50">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="120"/>
+        <w:ind w:left="1440" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00670661">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="008A5203">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00670661">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>.2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00670661">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Describe the involvement of the community in the design and conduct of the research:</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="7920" w:type="dxa"/>
+        <w:tblInd w:w="1435" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7920"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00585B50" w:rsidRPr="00670661" w14:paraId="5B2EF743" w14:textId="77777777" w:rsidTr="00263740">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7920" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent5" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D1935BA" w14:textId="77777777" w:rsidR="00585B50" w:rsidRPr="00670661" w:rsidRDefault="00585B50" w:rsidP="00263740">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="33D0A540" w14:textId="7AF4F390" w:rsidR="00585B50" w:rsidRPr="00670661" w:rsidRDefault="00585B50" w:rsidP="00585B50">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="120"/>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00670661">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="008A5203">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00670661">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>.3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00670661">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Describe the composition and involvement of a community advisory board:</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="7920" w:type="dxa"/>
+        <w:tblInd w:w="1435" w:type="dxa"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent5" w:themeFillTint="33"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7920"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00585B50" w:rsidRPr="00670661" w14:paraId="17BFFF23" w14:textId="77777777" w:rsidTr="00263740">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7920" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent5" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="66604EE8" w14:textId="77777777" w:rsidR="00585B50" w:rsidRPr="00670661" w:rsidRDefault="00585B50" w:rsidP="00263740">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="1A949ADF" w14:textId="478D46D6" w:rsidR="00FA3AFD" w:rsidRPr="0090753C" w:rsidRDefault="00256834" w:rsidP="003D1E5D">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+      </w:pPr>
+      <w:r>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="008A5203">
+        <w:t>8</w:t>
+      </w:r>
+      <w:r>
+        <w:t>.0</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA3AFD" w:rsidRPr="0090753C">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00FA3AFD">
+        <w:t xml:space="preserve">Recruitment Feasibility </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="388AD747" w14:textId="58722C00" w:rsidR="00FA3AFD" w:rsidRPr="00941D4E" w:rsidRDefault="00256834" w:rsidP="00FA3AFD">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="120"/>
+        <w:ind w:left="1440" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="008A5203">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>.1</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA3AFD" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>If applicable, how many subjects/charts</w:t>
+      </w:r>
+      <w:r w:rsidR="003216D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>/records</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA3AFD" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> do you expect to screen to reach your target sample</w:t>
+      </w:r>
+      <w:r w:rsidR="00265ACF">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>?</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="1435" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7915"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00FA3AFD" w:rsidRPr="00941D4E" w14:paraId="3CFF3BC6" w14:textId="77777777" w:rsidTr="00263740">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7915" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent5" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="4171921D" w14:textId="77777777" w:rsidR="00FA3AFD" w:rsidRPr="00941D4E" w:rsidRDefault="00FA3AFD" w:rsidP="00263740">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="26A50195" w14:textId="68C3B88A" w:rsidR="00FA3AFD" w:rsidRPr="00941D4E" w:rsidRDefault="00256834" w:rsidP="00FA3AFD">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="120"/>
+        <w:ind w:left="1440" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="008A5203">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>.2</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA3AFD" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Justify the feasibility of recruiting the proposed number of eligible subjects/obtaining the proposed number of eligible charts</w:t>
+      </w:r>
+      <w:r w:rsidR="003216D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>/records</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA3AFD" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> within the anticipated recruitment period. For example, how many potential subjects do you have access to? What percentage of those potential subjects do you need to recruit?</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="1435" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7915"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00FA3AFD" w:rsidRPr="00941D4E" w14:paraId="1711E7DB" w14:textId="77777777" w:rsidTr="00263740">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7915" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent5" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="233A8520" w14:textId="77777777" w:rsidR="00FA3AFD" w:rsidRPr="00941D4E" w:rsidRDefault="00FA3AFD" w:rsidP="00263740">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="2A59D2D6" w14:textId="2296AADC" w:rsidR="00585B50" w:rsidRPr="0090753C" w:rsidRDefault="008A5203" w:rsidP="003D1E5D">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+      </w:pPr>
+      <w:r>
+        <w:t>29</w:t>
+      </w:r>
+      <w:r w:rsidR="00256834">
+        <w:t>.0</w:t>
+      </w:r>
+      <w:r w:rsidR="00585B50" w:rsidRPr="0090753C">
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:id="35" w:name="Datamanagement"/>
+      <w:r w:rsidR="00585B50" w:rsidRPr="0090753C">
+        <w:t>Data Management and Analysis</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="35"/>
+    </w:p>
+    <w:p w14:paraId="52FA338F" w14:textId="2B2D55F8" w:rsidR="00585B50" w:rsidRPr="00941D4E" w:rsidRDefault="008A5203" w:rsidP="00585B50">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="1440" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>29</w:t>
+      </w:r>
+      <w:r w:rsidR="00585B50" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>.1</w:t>
+      </w:r>
+      <w:r w:rsidR="00585B50" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Describe the data analysis plan, including any statistical procedures. This section applies to both quantitative and qualitative analysis. </w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="1435" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7915"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00585B50" w:rsidRPr="00941D4E" w14:paraId="779574D0" w14:textId="77777777" w:rsidTr="00263740">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7915" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent5" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="6398CA4A" w14:textId="77777777" w:rsidR="00585B50" w:rsidRPr="00941D4E" w:rsidRDefault="00585B50" w:rsidP="00263740">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="36" w:name="_Hlk160708905"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkEnd w:id="36"/>
+    <w:p w14:paraId="3BAF3A09" w14:textId="4499C960" w:rsidR="00585B50" w:rsidRPr="00941D4E" w:rsidRDefault="008A5203" w:rsidP="00585B50">
+      <w:pPr>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>29</w:t>
+      </w:r>
+      <w:r w:rsidR="00585B50" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>.2</w:t>
+      </w:r>
+      <w:r w:rsidR="00585B50" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">If applicable, provide a power analysis:  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C524974" w14:textId="77777777" w:rsidR="00585B50" w:rsidRPr="00941D4E" w:rsidRDefault="00585B50" w:rsidP="00585B50">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="120"/>
+        <w:ind w:left="1440"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+        </w:rPr>
+        <w:t>NOTE: The purpose of this question is to elicit whether the investigator has an adequate sample size to achieve the study objectives and justify a conclusion.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="1440" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7910"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00585B50" w:rsidRPr="00941D4E" w14:paraId="174A7985" w14:textId="77777777" w:rsidTr="00263740">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9350" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent5" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="0BD8CD59" w14:textId="77777777" w:rsidR="00585B50" w:rsidRPr="00941D4E" w:rsidRDefault="00585B50" w:rsidP="00263740">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="1F24A0E9" w14:textId="1E9D2A51" w:rsidR="00585B50" w:rsidRPr="00941D4E" w:rsidRDefault="008A5203" w:rsidP="00585B50">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="120"/>
+        <w:ind w:left="1440" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>29</w:t>
+      </w:r>
+      <w:r w:rsidR="00585B50" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>.3</w:t>
+      </w:r>
+      <w:r w:rsidR="00585B50" w:rsidRPr="00941D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Describe any procedures that will be used for quality control of collected data.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="1440" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7910"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00585B50" w:rsidRPr="00941D4E" w14:paraId="6C79A87F" w14:textId="77777777" w:rsidTr="00263740">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9350" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent5" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B3DC9F5" w14:textId="77777777" w:rsidR="00585B50" w:rsidRPr="00941D4E" w:rsidRDefault="00585B50" w:rsidP="00263740">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="43890B84" w14:textId="0A2A8A0D" w:rsidR="0029421B" w:rsidRPr="0090753C" w:rsidRDefault="0029421B" w:rsidP="003D1E5D">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0090753C">
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="008A5203">
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0090753C">
+        <w:t>.0</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0090753C">
+        <w:tab/>
+        <w:t>Provisions to Monitor the Data to Ensure the Safety of Subjects</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="33"/>
+    </w:p>
+    <w:p w14:paraId="7B8BB2B3" w14:textId="77777777" w:rsidR="0029421B" w:rsidRPr="007630E3" w:rsidRDefault="0029421B" w:rsidP="0029421B">
+      <w:pPr>
+        <w:spacing w:before="120"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">NOTE: Minimal risk studies may be required to monitor subject safety if the research procedures include unique risks to subjects that require monitoring. Some examples </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>include:</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> exercising to exertion, or instruments that elicit suicidality or substance abuse behavior. In such cases, “N/A” is not an acceptable response.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39537583" w14:textId="757E3C42" w:rsidR="0029421B" w:rsidRPr="007630E3" w:rsidRDefault="00E22DC4" w:rsidP="0029421B">
+      <w:pPr>
+        <w:spacing w:before="240"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+          </w:rPr>
+          <w:id w:val="-8456437"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00A31574">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="0029421B" w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> N/A: This study is not enrolling subjects, or is limited to records review procedures only </w:t>
+      </w:r>
+      <w:r w:rsidR="0029421B" w:rsidRPr="003B46EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F0AE"/>
+      </w:r>
+      <w:r w:rsidR="0029421B" w:rsidRPr="003B46EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Skip to 3</w:t>
+      </w:r>
+      <w:r w:rsidR="008A5203">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="0029421B" w:rsidRPr="003B46EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>.0</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51CFFF6D" w14:textId="0B10AFA4" w:rsidR="0029421B" w:rsidRPr="007630E3" w:rsidRDefault="00E22DC4" w:rsidP="0029421B">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+          </w:rPr>
+          <w:id w:val="-495653045"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00A31574">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="0029421B" w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> N/A: This study is enrolling subjects, but a plan to monitor the data for subject safety is not needed or not applicable </w:t>
+      </w:r>
+      <w:r w:rsidR="0029421B" w:rsidRPr="003B46EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F0AE"/>
+      </w:r>
+      <w:r w:rsidR="0029421B" w:rsidRPr="003B46EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Skip to 3</w:t>
+      </w:r>
+      <w:r w:rsidR="008A5203">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="0029421B" w:rsidRPr="003B46EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>.0</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3386D476" w14:textId="13E8ABD2" w:rsidR="0029421B" w:rsidRPr="007630E3" w:rsidRDefault="0029421B" w:rsidP="008A2C28">
+      <w:pPr>
+        <w:spacing w:before="120"/>
+        <w:ind w:left="1440" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="008A5203">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>.1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Describe the plan to periodically evaluate the data collected regarding both harms and benefits to determine whether subjects remain safe (e.g. Sensitive data collected that indicates the subject or others could be at risk for immediate harm):</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="1440" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7910"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="0029421B" w:rsidRPr="007630E3" w14:paraId="2709A1DC" w14:textId="77777777" w:rsidTr="006536D1">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9350" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent5" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="569180DE" w14:textId="77777777" w:rsidR="0029421B" w:rsidRPr="007630E3" w:rsidRDefault="0029421B" w:rsidP="007630E3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="37934D43" w14:textId="05097871" w:rsidR="0029421B" w:rsidRPr="007630E3" w:rsidRDefault="0029421B" w:rsidP="008A2C28">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="120"/>
+        <w:ind w:left="1440" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="008A5203">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>.2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Describe what data are reviewed, including safety data, untoward events, and efficacy data:</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="1440" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7910"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="0029421B" w:rsidRPr="007630E3" w14:paraId="2EA0152B" w14:textId="77777777" w:rsidTr="006536D1">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9350" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent5" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="2907E31A" w14:textId="77777777" w:rsidR="0029421B" w:rsidRPr="007630E3" w:rsidRDefault="0029421B" w:rsidP="006536D1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="4E58D95A" w14:textId="52B658B5" w:rsidR="0029421B" w:rsidRPr="007630E3" w:rsidRDefault="0029421B" w:rsidP="008A2C28">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="120"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="008A5203">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>.3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Describe any safety endpoints:</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="1435" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7915"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="0029421B" w:rsidRPr="007630E3" w14:paraId="621FD967" w14:textId="77777777" w:rsidTr="006536D1">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7915" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent5" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="41973D84" w14:textId="77777777" w:rsidR="0029421B" w:rsidRPr="007630E3" w:rsidRDefault="0029421B" w:rsidP="006536D1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="7AE42632" w14:textId="2317DF7C" w:rsidR="0029421B" w:rsidRPr="007630E3" w:rsidRDefault="0029421B" w:rsidP="008A2C28">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="120"/>
+        <w:ind w:left="1440" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="008A5203">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>.4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Describe how the safety information will be collected (e.g., with case report forms, at study visits, by telephone calls with participants):</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="1440" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7910"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="0029421B" w:rsidRPr="007630E3" w14:paraId="43ACE11B" w14:textId="77777777" w:rsidTr="006536D1">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9350" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent5" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D9A4DF1" w14:textId="77777777" w:rsidR="0029421B" w:rsidRPr="007630E3" w:rsidRDefault="0029421B" w:rsidP="006536D1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="5A449862" w14:textId="290ABFCB" w:rsidR="0029421B" w:rsidRPr="007630E3" w:rsidRDefault="0029421B" w:rsidP="008A2C28">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="120"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="008A5203">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>.5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Describe the frequency of safety data collection:</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="1435" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7915"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="0029421B" w:rsidRPr="007630E3" w14:paraId="75F82430" w14:textId="77777777" w:rsidTr="006536D1">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7915" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent5" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="1496BDB2" w14:textId="77777777" w:rsidR="0029421B" w:rsidRPr="007630E3" w:rsidRDefault="0029421B" w:rsidP="006536D1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="4B912D10" w14:textId="0BEBDDF1" w:rsidR="0029421B" w:rsidRPr="007630E3" w:rsidRDefault="0029421B" w:rsidP="008A2C28">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="120"/>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="008A5203">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>.6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Describe who will review the safety data:</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="1435" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7915"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="0029421B" w:rsidRPr="007630E3" w14:paraId="4A75825F" w14:textId="77777777" w:rsidTr="006536D1">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7915" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent5" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B7AA0BF" w14:textId="77777777" w:rsidR="0029421B" w:rsidRPr="007630E3" w:rsidRDefault="0029421B" w:rsidP="006536D1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="19175F30" w14:textId="1A5A850A" w:rsidR="0029421B" w:rsidRPr="007630E3" w:rsidRDefault="0029421B" w:rsidP="008A2C28">
+      <w:pPr>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="008A5203">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>.7</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Describe the frequency or periodicity of review of cumulative safety data:</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="1435" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7915"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="0029421B" w:rsidRPr="007630E3" w14:paraId="3F10FBE4" w14:textId="77777777" w:rsidTr="006536D1">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7915" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent5" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="30AB84C3" w14:textId="77777777" w:rsidR="0029421B" w:rsidRPr="007630E3" w:rsidRDefault="0029421B" w:rsidP="006536D1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="099C2582" w14:textId="4CB2A4F6" w:rsidR="0029421B" w:rsidRPr="007630E3" w:rsidRDefault="0029421B" w:rsidP="008A2C28">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="120"/>
+        <w:ind w:left="1440" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="008A5203">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>.8</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Describe the statistical tests for analyzing the safety data to determine whether harm is occurring:</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="1440" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7910"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="0029421B" w:rsidRPr="007630E3" w14:paraId="2D372FCD" w14:textId="77777777" w:rsidTr="006536D1">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9350" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent5" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="4657B13C" w14:textId="77777777" w:rsidR="0029421B" w:rsidRPr="007630E3" w:rsidRDefault="0029421B" w:rsidP="006536D1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="39319F9E" w14:textId="56656DC0" w:rsidR="0029421B" w:rsidRPr="007630E3" w:rsidRDefault="0029421B" w:rsidP="008A2C28">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="120"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="008A5203">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>.9</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Describe any conditions that trigger an immediate suspension of the research:</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="1435" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7915"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="0029421B" w:rsidRPr="007630E3" w14:paraId="0EA3F900" w14:textId="77777777" w:rsidTr="006536D1">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7915" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent5" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="3FC54990" w14:textId="77777777" w:rsidR="0029421B" w:rsidRPr="007630E3" w:rsidRDefault="0029421B" w:rsidP="006536D1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="43C9C227" w14:textId="3250BB02" w:rsidR="0029421B" w:rsidRPr="0090753C" w:rsidRDefault="0029421B" w:rsidP="003D1E5D">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="37" w:name="withdrawal"/>
+      <w:r w:rsidRPr="0090753C">
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="008A5203">
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0090753C">
+        <w:t>.0</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0090753C">
+        <w:tab/>
+        <w:t>Withdrawal of Subjects</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:p w14:paraId="2E2A1C20" w14:textId="4AC841B8" w:rsidR="0029421B" w:rsidRPr="007630E3" w:rsidRDefault="00E22DC4" w:rsidP="00064EDE">
+      <w:pPr>
+        <w:spacing w:before="120"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+          </w:rPr>
+          <w:id w:val="2123872370"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="003D1E5D">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="0029421B" w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> N/A: This study is not enrolling subjects, or is limited to records review procedures only </w:t>
+      </w:r>
+      <w:r w:rsidR="0029421B" w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F0AE"/>
+      </w:r>
+      <w:r w:rsidR="0029421B" w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Skip to </w:t>
+      </w:r>
+      <w:r w:rsidR="00AF523E" w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="008A5203">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="0029421B" w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>.0</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2085B5D1" w14:textId="4D209992" w:rsidR="0029421B" w:rsidRPr="007630E3" w:rsidRDefault="0029421B" w:rsidP="0029421B">
+      <w:pPr>
+        <w:spacing w:before="120"/>
+        <w:ind w:left="1440" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="008A5203">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>.1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Describe anticipated circumstances under which subjects may be withdrawn from the research without their consent. If you will not withdraw subjects from the research without their consent, state this.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="449CE3A0" w14:textId="77777777" w:rsidR="0029421B" w:rsidRPr="007630E3" w:rsidRDefault="0029421B" w:rsidP="008A2C28">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:ind w:left="1440"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>NOTE: The information provided below must be consistent with the “Can I be removed from the research without my OK?” section of the HRP-502 consent form, if applicable.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="1435" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7915"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="0029421B" w:rsidRPr="007630E3" w14:paraId="7C84B01A" w14:textId="77777777" w:rsidTr="006536D1">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7915" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent5" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="51D53CA7" w14:textId="77777777" w:rsidR="0029421B" w:rsidRPr="007630E3" w:rsidRDefault="0029421B" w:rsidP="006536D1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="0964C2B2" w14:textId="65347990" w:rsidR="0029421B" w:rsidRPr="007630E3" w:rsidRDefault="0029421B" w:rsidP="0029421B">
+      <w:pPr>
+        <w:spacing w:before="240"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="008A5203">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>.2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Describe any procedures for orderly termination.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="798DD3D8" w14:textId="77777777" w:rsidR="0029421B" w:rsidRPr="007630E3" w:rsidRDefault="0029421B" w:rsidP="008A2C28">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:ind w:left="1440"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>NOTE: Examples may include return of study drug, exit interview with clinician.  Include whether additional follow up is recommended for safety reasons for physical or emotional health.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="1440" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7910"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="0029421B" w:rsidRPr="007630E3" w14:paraId="4602A879" w14:textId="77777777" w:rsidTr="006536D1">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9350" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent5" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="5104F39D" w14:textId="77777777" w:rsidR="0029421B" w:rsidRPr="007630E3" w:rsidRDefault="0029421B" w:rsidP="006536D1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="6F060D02" w14:textId="11087775" w:rsidR="0029421B" w:rsidRPr="007630E3" w:rsidRDefault="0029421B" w:rsidP="0029421B">
+      <w:pPr>
+        <w:spacing w:before="240"/>
+        <w:ind w:left="1440" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="008A5203">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>.3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Describe procedures that will be followed when subjects withdraw from the research, including retention of already collected data, and partial withdrawal from procedures with continued data collection, as applicable.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="562E0AE0" w14:textId="77777777" w:rsidR="0029421B" w:rsidRPr="007630E3" w:rsidRDefault="0029421B" w:rsidP="008A2C28">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="1440"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>NOTE: The information provided below must be consistent with the “What happens if I say yes, but I change my mind later?” section of the HRP-502 consent form, if applicable.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="1440" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7910"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="0029421B" w:rsidRPr="007630E3" w14:paraId="7B141764" w14:textId="77777777" w:rsidTr="006536D1">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9350" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent5" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F6404AC" w14:textId="77777777" w:rsidR="0029421B" w:rsidRPr="007630E3" w:rsidRDefault="0029421B" w:rsidP="006536D1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="291822B0" w14:textId="5DF6E43F" w:rsidR="00BD36E9" w:rsidRPr="0090753C" w:rsidRDefault="00BD36E9" w:rsidP="003D1E5D">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0090753C">
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="008A5203">
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0090753C">
+        <w:t>.0</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0090753C">
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:id="38" w:name="Benefits"/>
+      <w:r w:rsidRPr="0090753C">
+        <w:t xml:space="preserve">Potential Benefits of </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0090753C">
+        <w:t>the Research</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="38"/>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="1DF7913B" w14:textId="6BE6062B" w:rsidR="00BD36E9" w:rsidRPr="007630E3" w:rsidRDefault="00BD36E9" w:rsidP="007630E3">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="1440" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="008A5203">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>.1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Describe the potential benefits of the research to the subjects or others, and include the probability, magnitude, and duration of the potential benefits:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D8B4F5D" w14:textId="77777777" w:rsidR="00BD36E9" w:rsidRPr="007630E3" w:rsidRDefault="00BD36E9" w:rsidP="008A2C28">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="720" w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">NOTE: Compensation cannot be stated as a benefit. </w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="1435" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7915"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00BD36E9" w:rsidRPr="007630E3" w14:paraId="0858EF99" w14:textId="77777777" w:rsidTr="006536D1">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7915" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent5" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="24706ED7" w14:textId="77777777" w:rsidR="00BD36E9" w:rsidRPr="007630E3" w:rsidRDefault="00BD36E9" w:rsidP="006536D1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="191149B6" w14:textId="56F18012" w:rsidR="000E087C" w:rsidRPr="0090753C" w:rsidRDefault="000E087C" w:rsidP="003D1E5D">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0090753C">
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="008A5203">
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0090753C">
+        <w:t>.0</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0090753C">
+        <w:tab/>
+        <w:t>Economic Burden to Subjects</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4745991E" w14:textId="51ABC89C" w:rsidR="000E087C" w:rsidRPr="007630E3" w:rsidRDefault="000E087C" w:rsidP="007630E3">
+      <w:pPr>
+        <w:spacing w:before="120"/>
+        <w:ind w:left="1440" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="008A5203">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>.1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Will subjects be responsible for any costs if they participate in this research? NOTE: Some examples include transportation or parking.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="540FF11C" w14:textId="057B6A17" w:rsidR="000E087C" w:rsidRPr="007630E3" w:rsidRDefault="00E22DC4" w:rsidP="00B113FD">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1440"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+          </w:rPr>
+          <w:id w:val="1842745463"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00A31574">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="000E087C" w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> N/A: This study is not enrolling subjects, or is limited to records review procedures only </w:t>
+      </w:r>
+      <w:r w:rsidR="000E087C" w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F0AE"/>
+      </w:r>
+      <w:r w:rsidR="000E087C" w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Skip to 3</w:t>
+      </w:r>
+      <w:r w:rsidR="008A5203">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="000E087C" w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>.0</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02A19784" w14:textId="087243DA" w:rsidR="000E087C" w:rsidRPr="007630E3" w:rsidRDefault="00E22DC4" w:rsidP="00B113FD">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1440"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+          </w:rPr>
+          <w:id w:val="-1382090635"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00A31574">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="000E087C" w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> No: Subjects are not responsible for any costs</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C3E5C5A" w14:textId="547B34B7" w:rsidR="000E087C" w:rsidRPr="007630E3" w:rsidRDefault="00E22DC4" w:rsidP="00B113FD">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1440"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+          </w:rPr>
+          <w:id w:val="-965650859"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00A31574">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="000E087C" w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Yes </w:t>
+      </w:r>
+      <w:r w:rsidR="000E087C" w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F0AE"/>
+      </w:r>
+      <w:r w:rsidR="000E087C" w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Describe below:</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="1435" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7915"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="000E087C" w:rsidRPr="007630E3" w14:paraId="22626399" w14:textId="77777777" w:rsidTr="00133602">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7915" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent5" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F69A16B" w14:textId="77777777" w:rsidR="000E087C" w:rsidRPr="007630E3" w:rsidRDefault="000E087C" w:rsidP="00133602">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="56EC6A9E" w14:textId="555D374F" w:rsidR="00BD36E9" w:rsidRPr="0090753C" w:rsidRDefault="00BD36E9" w:rsidP="003D1E5D">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0090753C">
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="008A5203">
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0090753C">
+        <w:t>.0</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0090753C">
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:id="39" w:name="injury"/>
+      <w:r w:rsidRPr="0090753C">
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidRPr="0090753C">
+        <w:instrText xml:space="preserve"> HYPERLINK  \l "injury" </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="0090753C">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="0090753C">
+        <w:t>Compensation for Research-Related Injury</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="39"/>
+      <w:r w:rsidRPr="0090753C">
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46C3056B" w14:textId="186A5F5B" w:rsidR="00BD36E9" w:rsidRPr="007630E3" w:rsidRDefault="00BD36E9" w:rsidP="007630E3">
+      <w:pPr>
+        <w:spacing w:before="120"/>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="008A5203">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>.1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Do the research procedures carry a risk of research</w:t>
+      </w:r>
+      <w:r w:rsidR="00A147E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>related injury?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42B3A16E" w14:textId="74A7A5B3" w:rsidR="00BD36E9" w:rsidRPr="007630E3" w:rsidRDefault="00E22DC4" w:rsidP="007630E3">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="1440"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+          </w:rPr>
+          <w:id w:val="-1013680243"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00A31574">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00BD36E9" w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> No: The research procedures do not present risk of research</w:t>
+      </w:r>
+      <w:r w:rsidR="00A147E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD36E9" w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">related injury (e.g. survey studies, records review studies) </w:t>
+      </w:r>
+      <w:r w:rsidR="00BD36E9" w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F0AE"/>
+      </w:r>
+      <w:r w:rsidR="00BD36E9" w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Skip to 3</w:t>
+      </w:r>
+      <w:r w:rsidR="008A5203">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD36E9" w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>.0</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0044BE59" w14:textId="0DA6C318" w:rsidR="00BD36E9" w:rsidRPr="007630E3" w:rsidRDefault="00E22DC4" w:rsidP="00BD36E9">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="1440"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+          </w:rPr>
+          <w:id w:val="1065308176"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00A31574">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00BD36E9" w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Yes </w:t>
+      </w:r>
+      <w:r w:rsidR="00BD36E9" w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F0AE"/>
+      </w:r>
+      <w:r w:rsidR="00BD36E9" w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Describe the available compensation to subjects </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00BD36E9" w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>in the event that</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00BD36E9" w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> such injury should occur.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="1435" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7915"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00BD36E9" w:rsidRPr="007630E3" w14:paraId="0A5B7CAF" w14:textId="77777777" w:rsidTr="006536D1">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7915" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent5" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="68471773" w14:textId="77777777" w:rsidR="00BD36E9" w:rsidRPr="007630E3" w:rsidRDefault="00BD36E9" w:rsidP="006536D1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="72CB08A2" w14:textId="0ED95AE8" w:rsidR="00BD36E9" w:rsidRPr="007630E3" w:rsidRDefault="00BD36E9" w:rsidP="00BD36E9">
+      <w:pPr>
+        <w:spacing w:before="240"/>
+        <w:ind w:left="1440" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="008A5203">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>.2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+        </w:rPr>
+        <w:t>Include the contract language below, if any, relevant to compensation for research</w:t>
+      </w:r>
+      <w:r w:rsidR="00A147E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+        </w:rPr>
+        <w:t>related injury.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72171E7E" w14:textId="77777777" w:rsidR="00BD36E9" w:rsidRPr="007630E3" w:rsidRDefault="00BD36E9" w:rsidP="00BD36E9">
+      <w:pPr>
+        <w:spacing w:before="120"/>
+        <w:ind w:left="1440"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>NOTE: If the contract is not yet approved at the time of this submission, submit the current (draft) language here. If the contract is later approved with different language regarding research related injury, you must modify your response here and submit a modification to the IRB for review and approval.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="40" w:name="economicburden"/>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="1440" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7910"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00BD36E9" w:rsidRPr="007630E3" w14:paraId="36742AD9" w14:textId="77777777" w:rsidTr="006536D1">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9350" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent5" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="7BF9BA7C" w14:textId="77777777" w:rsidR="00BD36E9" w:rsidRPr="007630E3" w:rsidRDefault="00BD36E9" w:rsidP="006536D1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkEnd w:id="40"/>
+    <w:p w14:paraId="56B15C61" w14:textId="181FCF84" w:rsidR="00BD36E9" w:rsidRPr="0090753C" w:rsidRDefault="00AF523E" w:rsidP="003D1E5D">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+      </w:pPr>
+      <w:r>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="008A5203">
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD36E9" w:rsidRPr="0090753C">
+        <w:t>.0</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD36E9" w:rsidRPr="0090753C">
+        <w:tab/>
+        <w:t>Waiver of Co</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="41" w:name="waiverconsent"/>
+      <w:bookmarkEnd w:id="41"/>
+      <w:r w:rsidR="00BD36E9" w:rsidRPr="0090753C">
+        <w:t xml:space="preserve">nsent </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D31DFC9" w14:textId="603E135F" w:rsidR="00BD36E9" w:rsidRPr="007630E3" w:rsidRDefault="00AF523E" w:rsidP="007630E3">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:eastAsia="MS Gothic" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:eastAsia="MS Gothic" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="008A5203">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:eastAsia="MS Gothic" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD36E9" w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:eastAsia="MS Gothic" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>.1</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD36E9" w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:eastAsia="MS Gothic" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Are you requesting a waiver of consent</w:t>
+      </w:r>
+      <w:r w:rsidR="0044511D">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:eastAsia="MS Gothic" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for any part of the study?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D630719" w14:textId="77777777" w:rsidR="00BD36E9" w:rsidRPr="007630E3" w:rsidRDefault="00BD36E9" w:rsidP="00BD36E9">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:ind w:left="1440"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>NOTE: If you are obtaining consent online or verbally, you are not waiving consent and should answer “No”</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B142545" w14:textId="021C424C" w:rsidR="00BD36E9" w:rsidRPr="007630E3" w:rsidRDefault="00E22DC4" w:rsidP="00BD36E9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="1440"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Segoe UI Symbol"/>
+          </w:rPr>
+          <w:id w:val="1203752920"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00A31574">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Segoe UI Symbol" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00BD36E9" w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Segoe UI Symbol"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Yes </w:t>
+      </w:r>
+      <w:r w:rsidR="00BD36E9" w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F0AE"/>
+      </w:r>
+      <w:r w:rsidR="00F46847" w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>📎</w:t>
+      </w:r>
+      <w:r w:rsidR="000807F1" w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Complete </w:t>
+      </w:r>
+      <w:r w:rsidR="005C50EA" w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidR="000807F1" w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">“HRP-513_Waiver and Alteration of Consent Supplement”, located in the ‘Templates’ section of the Click Library and </w:t>
+      </w:r>
+      <w:r w:rsidR="009C43E4" w:rsidRPr="009C43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>upload it to the ‘Basic Study Information’ smart-form page of your Click submission under “Attach the protocol”</w:t>
+      </w:r>
+      <w:r w:rsidR="000807F1" w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5EE6A414" w14:textId="0BA5AF9C" w:rsidR="00BD36E9" w:rsidRPr="007630E3" w:rsidRDefault="00E22DC4" w:rsidP="00BD36E9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="1440"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Segoe UI Symbol"/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Segoe UI Symbol"/>
+          </w:rPr>
+          <w:id w:val="-1713723218"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00A31574">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Segoe UI Symbol" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00BD36E9" w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Segoe UI Symbol"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> No, consent will be obtained </w:t>
+      </w:r>
+      <w:r w:rsidR="00BD36E9" w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F0AE"/>
+      </w:r>
+      <w:r w:rsidR="00BD36E9" w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Skip to </w:t>
+      </w:r>
+      <w:r w:rsidR="00AF523E" w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="008A5203">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD36E9" w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>.0</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51316F34" w14:textId="2C964CD1" w:rsidR="00BD36E9" w:rsidRPr="0090753C" w:rsidRDefault="00AF523E" w:rsidP="003D1E5D">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:spacing w:before="240"/>
+      </w:pPr>
+      <w:r>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="008A5203">
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD36E9" w:rsidRPr="0090753C">
+        <w:t>.0</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD36E9" w:rsidRPr="0090753C">
+        <w:tab/>
+        <w:t>Alteration of Cons</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="42" w:name="alterationconsent"/>
+      <w:bookmarkEnd w:id="42"/>
+      <w:r w:rsidR="00BD36E9" w:rsidRPr="0090753C">
+        <w:t xml:space="preserve">ent </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7083F2DB" w14:textId="117D47B7" w:rsidR="00BD36E9" w:rsidRPr="007630E3" w:rsidRDefault="00AF523E" w:rsidP="007630E3">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="0"/>
+        <w:ind w:left="1440" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="008A5203">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD36E9" w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>.1</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD36E9" w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Are you requesting an Alteration of the Consent Process (required information will not be disclosed, or the research involves deception)? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1108BB04" w14:textId="77777777" w:rsidR="00BD36E9" w:rsidRPr="007630E3" w:rsidRDefault="00BD36E9" w:rsidP="00BD36E9">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="0"/>
+        <w:ind w:left="1440"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>NOTE: Only elements in Section 7.0 of the HRP-314 can be altered or omitted in the consent process</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16FB3AE2" w14:textId="66EA3125" w:rsidR="00BD36E9" w:rsidRPr="007630E3" w:rsidRDefault="00E22DC4" w:rsidP="00BD36E9">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="0"/>
+        <w:ind w:left="1440"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Segoe UI Symbol"/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Segoe UI Symbol"/>
+          </w:rPr>
+          <w:id w:val="619189575"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00E3658F">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Segoe UI Symbol" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00BD36E9" w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Segoe UI Symbol"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Yes </w:t>
+      </w:r>
+      <w:r w:rsidR="00BD36E9" w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Segoe UI Symbol"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F0AE"/>
+      </w:r>
+      <w:r w:rsidR="00BD36E9" w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Segoe UI Symbol"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F46847" w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>📎</w:t>
+      </w:r>
+      <w:r w:rsidR="000807F1" w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Segoe UI Symbol"/>
+        </w:rPr>
+        <w:t>Complete</w:t>
+      </w:r>
+      <w:r w:rsidR="005C50EA" w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Segoe UI Symbol"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the</w:t>
+      </w:r>
+      <w:r w:rsidR="000807F1" w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Segoe UI Symbol"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> “HRP-513_Waiver and Alteration of Consent Supplement”, located in the ‘Templates’ section of the Click Library and </w:t>
+      </w:r>
+      <w:r w:rsidR="009C43E4" w:rsidRPr="009C43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Segoe UI Symbol"/>
+        </w:rPr>
+        <w:t>upload it to the ‘Basic Study Information’ smart-form page of your Click submission under “Attach the protocol”</w:t>
+      </w:r>
+      <w:r w:rsidR="000807F1" w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Segoe UI Symbol"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F0EACF2" w14:textId="1FCD432D" w:rsidR="00BD36E9" w:rsidRPr="007630E3" w:rsidRDefault="00E22DC4" w:rsidP="00BD36E9">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:ind w:left="1440"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Segoe UI Symbol"/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Segoe UI Symbol"/>
+          </w:rPr>
+          <w:id w:val="-549228212"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00E3658F">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Segoe UI Symbol" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00BD36E9" w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Segoe UI Symbol"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> No </w:t>
+      </w:r>
+      <w:r w:rsidR="00BD36E9" w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Segoe UI Symbol"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F0AE"/>
+      </w:r>
+      <w:r w:rsidR="00BD36E9" w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Segoe UI Symbol"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Skip to </w:t>
+      </w:r>
+      <w:r w:rsidR="00AF523E" w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Segoe UI Symbol"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="008A5203">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Segoe UI Symbol"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD36E9" w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Segoe UI Symbol"/>
+        </w:rPr>
+        <w:t>.0</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="310D8646" w14:textId="551C594C" w:rsidR="00BD36E9" w:rsidRPr="0090753C" w:rsidRDefault="00AF523E" w:rsidP="003D1E5D">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:spacing w:before="240"/>
+      </w:pPr>
+      <w:r>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="008A5203">
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD36E9" w:rsidRPr="0090753C">
+        <w:t>.0</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD36E9" w:rsidRPr="0090753C">
+        <w:tab/>
+        <w:t xml:space="preserve">Process to </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="43" w:name="documentconsent"/>
+      <w:bookmarkEnd w:id="43"/>
+      <w:r w:rsidR="00BD36E9" w:rsidRPr="0090753C">
+        <w:t>Document Consent</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6EE4F468" w14:textId="11D63C0C" w:rsidR="00BD36E9" w:rsidRPr="007630E3" w:rsidRDefault="00BD36E9" w:rsidP="007630E3">
+      <w:pPr>
+        <w:spacing w:before="120"/>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD6FE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00AF523E" w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="008A5203">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>.1 Check the box(es) that apply to your study:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="608136D6" w14:textId="2F968E65" w:rsidR="00BD36E9" w:rsidRPr="007630E3" w:rsidRDefault="00E22DC4" w:rsidP="007630E3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720" w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+          </w:rPr>
+          <w:id w:val="-1177804574"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00E3658F">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00BD36E9" w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> We are requesting a Waiver of Consent</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC3DCE">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>, as indicated in Section 3</w:t>
+      </w:r>
+      <w:r w:rsidR="008A5203">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC3DCE">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>.1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58218FB9" w14:textId="78EF299D" w:rsidR="00BD36E9" w:rsidRPr="007630E3" w:rsidRDefault="00E22DC4" w:rsidP="007630E3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1440"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+          </w:rPr>
+          <w:id w:val="524223464"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00E3658F">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00BD36E9" w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> We are obtaining written consent (participant signature </w:t>
+      </w:r>
+      <w:r w:rsidR="00BD36E9" w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>will</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD36E9" w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> be obtained) </w:t>
+      </w:r>
+      <w:r w:rsidR="00BD36E9" w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F0AE"/>
+      </w:r>
+      <w:r w:rsidR="00BD36E9" w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F46847" w:rsidRPr="00B113FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>📎</w:t>
+      </w:r>
+      <w:r w:rsidR="00F46847" w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Include </w:t>
+      </w:r>
+      <w:r w:rsidR="00BD36E9" w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>a consent document (HRP-502) with your submission and check the box that applies below</w:t>
+      </w:r>
+      <w:r w:rsidR="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A93A033" w14:textId="285F066C" w:rsidR="00BD36E9" w:rsidRPr="007630E3" w:rsidRDefault="00BD36E9" w:rsidP="00AC3DCE">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="2160" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+          </w:rPr>
+          <w:id w:val="-1208868211"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00E3658F">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> We will be following “SOP: Written Documentation of Consent (HRP-091)” </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C757EE6" w14:textId="41D8DAEF" w:rsidR="00BD36E9" w:rsidRPr="007630E3" w:rsidRDefault="00E22DC4" w:rsidP="007630E3">
+      <w:pPr>
+        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="2160"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+          </w:rPr>
+          <w:id w:val="118502841"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00E3658F">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00BD36E9" w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> We will </w:t>
+      </w:r>
+      <w:r w:rsidR="00BD36E9" w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
           <w:b/>
         </w:rPr>
-        <w:t>future use</w:t>
-[...69 lines deleted...]
-          <w:szCs w:val="22"/>
+        <w:t>NOT</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD36E9" w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> be following “SOP: Written Documentation of Consent (HRP-091)”. Describe your exceptions to HRP-091 below</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD36E9" w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:r w:rsidR="00A32986" w:rsidRPr="00416638">
-[...251 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId16"/>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="2155" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7195"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00BD36E9" w:rsidRPr="007630E3" w14:paraId="26B5909A" w14:textId="77777777" w:rsidTr="006536D1">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7195" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent5" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="32920423" w14:textId="77777777" w:rsidR="00BD36E9" w:rsidRPr="007630E3" w:rsidRDefault="00BD36E9" w:rsidP="006536D1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="1E792E47" w14:textId="6D88D618" w:rsidR="00BD36E9" w:rsidRPr="007630E3" w:rsidRDefault="00E22DC4" w:rsidP="00BD36E9">
+      <w:pPr>
+        <w:spacing w:before="240"/>
+        <w:ind w:left="1440"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+          </w:rPr>
+          <w:id w:val="1841807696"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00E3658F">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00BD36E9" w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> We are requesting a waiver of </w:t>
+      </w:r>
+      <w:r w:rsidR="00BD36E9" w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>written</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD36E9" w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> documentation of consent (participant signature will </w:t>
+      </w:r>
+      <w:r w:rsidR="00BD36E9" w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>not</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD36E9" w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> be obtained)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55AB5B9C" w14:textId="77777777" w:rsidR="00F46847" w:rsidRPr="007630E3" w:rsidRDefault="00BD36E9" w:rsidP="00B113FD">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="0"/>
+        <w:ind w:left="1440"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>NOTE: If your research presents no more than minimal risk of harm to subjects and involves no procedures for which written documentation of consent is normally required outside of the research context, the IRB will generally waive the requirement to obtain written documentation of consent.  Review “CHECKLIST: Waiver of Written Documentation of Consent (HRP-411)” to ensure that you have provided sufficient information.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29F11477" w14:textId="614BCACD" w:rsidR="00BD36E9" w:rsidRPr="007630E3" w:rsidRDefault="00F46847" w:rsidP="00B113FD">
+      <w:pPr>
+        <w:spacing w:before="120" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1440"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B113FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>📎</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Include </w:t>
+      </w:r>
+      <w:r w:rsidR="00BD36E9" w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the script of the information to be provided orally or in writing (i.e. consent script or Information Sheet).  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20AAD553" w14:textId="77777777" w:rsidR="00BD36E9" w:rsidRPr="007630E3" w:rsidRDefault="00BD36E9" w:rsidP="00B113FD">
+      <w:pPr>
+        <w:spacing w:before="120"/>
+        <w:ind w:left="1440"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007630E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>Describe how consent of the subject will be obtained and why it qualifies for a waiver of written documentation of consent:</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="1440" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7910"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00BD36E9" w:rsidRPr="007630E3" w14:paraId="62BD7969" w14:textId="77777777" w:rsidTr="006536D1">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9350" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent5" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="54C69E8D" w14:textId="77777777" w:rsidR="00BD36E9" w:rsidRPr="007630E3" w:rsidRDefault="00BD36E9" w:rsidP="006536D1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="79D26011" w14:textId="77777777" w:rsidR="00BD36E9" w:rsidRPr="009C43E4" w:rsidRDefault="00BD36E9" w:rsidP="00D14B52">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+          <w:strike/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00BD36E9" w:rsidRPr="009C43E4" w:rsidSect="00103764">
+      <w:footerReference w:type="default" r:id="rId10"/>
+      <w:footerReference w:type="first" r:id="rId11"/>
       <w:pgSz w:w="12240" w:h="15840"/>
-      <w:pgMar w:top="1440" w:right="1800" w:bottom="1440" w:left="1800" w:header="720" w:footer="720" w:gutter="0"/>
+      <w:pgMar w:top="720" w:right="1440" w:bottom="1440" w:left="1440" w:header="0" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
-      <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7E47ECF1" w14:textId="77777777" w:rsidR="00802387" w:rsidRDefault="00802387" w:rsidP="007C0AA4">
+    <w:p w14:paraId="63958A5B" w14:textId="77777777" w:rsidR="006A6135" w:rsidRDefault="006A6135" w:rsidP="00A13082">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="18D000A0" w14:textId="77777777" w:rsidR="00802387" w:rsidRDefault="00802387" w:rsidP="007C0AA4">
+    <w:p w14:paraId="729B0B88" w14:textId="77777777" w:rsidR="006A6135" w:rsidRDefault="006A6135" w:rsidP="00A13082">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationNotice" w:id="1">
+    <w:p w14:paraId="0EBF3DE0" w14:textId="77777777" w:rsidR="006A6135" w:rsidRDefault="006A6135">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
-[...1 lines deleted...]
-    <w:panose1 w:val="05050102010706020507"/>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
-    <w:family w:val="roman"/>
+    <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
-    <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-[...8 lines deleted...]
-    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Wingdings">
-    <w:panose1 w:val="05000000000000000000"/>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
-    <w:family w:val="auto"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Arial">
-[...1 lines deleted...]
-    <w:panose1 w:val="020B0604020202020204"/>
+  <w:font w:name="Rockwell">
+    <w:panose1 w:val="02060603020205020403"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Arial Unicode MS">
-[...15 lines deleted...]
-    <w:panose1 w:val="020B0604030504040204"/>
+  <w:font w:name="Franklin Gothic Book">
+    <w:panose1 w:val="020B0503020102020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+    <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Arial Narrow">
-    <w:panose1 w:val="020B0606020202030204"/>
+  <w:font w:name="Segoe UI">
+    <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000287" w:usb1="00000800" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Segoe UI Symbol">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Times">
-    <w:panose1 w:val="02020603050405020304"/>
+  <w:font w:name="Calibri Light">
+    <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
-    <w:family w:val="roman"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-[...103 lines deleted...]
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
-      <w:id w:val="-742249466"/>
+      <w:id w:val="1967386966"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr/>
     <w:sdtContent>
       <w:sdt>
         <w:sdtPr>
-          <w:id w:val="-1669238322"/>
+          <w:id w:val="-1361816269"/>
           <w:docPartObj>
             <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
             <w:docPartUnique/>
           </w:docPartObj>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:p w14:paraId="28E46665" w14:textId="78CBA6D5" w:rsidR="00802387" w:rsidRDefault="00802387">
+          <w:p w14:paraId="671F4F4D" w14:textId="3404A02B" w:rsidR="002230AE" w:rsidRDefault="002230AE" w:rsidP="007C11B7">
             <w:pPr>
               <w:pStyle w:val="Footer"/>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="007C11B7">
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+              </w:rPr>
               <w:t xml:space="preserve">Page </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007C11B7">
               <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
                 <w:b/>
                 <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007C11B7">
               <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGE </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007C11B7">
               <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
                 <w:b/>
                 <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="000735F6">
+            <w:r w:rsidR="007F621F">
               <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>1</w:t>
+              <w:t>29</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007C11B7">
               <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
                 <w:b/>
                 <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007C11B7">
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+              </w:rPr>
               <w:t xml:space="preserve"> of </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007C11B7">
               <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
                 <w:b/>
                 <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007C11B7">
               <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:instrText xml:space="preserve"> NUMPAGES  </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007C11B7">
               <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
                 <w:b/>
                 <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="000735F6">
+            <w:r w:rsidR="007F621F">
               <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>27</w:t>
+              <w:t>40</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007C11B7">
               <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
                 <w:b/>
                 <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:sdtContent>
       </w:sdt>
     </w:sdtContent>
   </w:sdt>
-  <w:p w14:paraId="5D38F40D" w14:textId="77777777" w:rsidR="00802387" w:rsidRDefault="00802387">
+  <w:p w14:paraId="371715C0" w14:textId="305DC285" w:rsidR="002230AE" w:rsidRPr="00072A28" w:rsidRDefault="002230AE" w:rsidP="00A250AD">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+      <w:jc w:val="right"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidRPr="002B6889">
+      <w:rPr>
+        <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t xml:space="preserve">Document version </w:t>
+    </w:r>
+    <w:r w:rsidR="00374831">
+      <w:rPr>
+        <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t>01/</w:t>
+    </w:r>
+    <w:r w:rsidR="00FD1037">
+      <w:rPr>
+        <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t>2</w:t>
+    </w:r>
+    <w:r w:rsidR="003450CB">
+      <w:rPr>
+        <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t>6</w:t>
+    </w:r>
+    <w:r w:rsidR="00374831">
+      <w:rPr>
+        <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t>/2026</w:t>
+    </w:r>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:sdt>
+    <w:sdtPr>
+      <w:id w:val="-2125060716"/>
+      <w:docPartObj>
+        <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
+        <w:docPartUnique/>
+      </w:docPartObj>
+    </w:sdtPr>
+    <w:sdtEndPr/>
+    <w:sdtContent>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="1728636285"/>
+          <w:docPartObj>
+            <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
+            <w:docPartUnique/>
+          </w:docPartObj>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:p w14:paraId="0A91DE47" w14:textId="0A0ACD60" w:rsidR="002230AE" w:rsidRDefault="002230AE">
+            <w:pPr>
+              <w:pStyle w:val="Footer"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="007C11B7">
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Page </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C11B7">
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="007C11B7">
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGE </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="007C11B7">
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="007F621F">
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C11B7">
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="007C11B7">
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> of </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C11B7">
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="007C11B7">
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> NUMPAGES  </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="007C11B7">
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="007F621F">
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>40</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C11B7">
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:sdtContent>
+      </w:sdt>
+    </w:sdtContent>
+  </w:sdt>
+  <w:p w14:paraId="1A382C63" w14:textId="3A6CD6D6" w:rsidR="002230AE" w:rsidRPr="00742D7A" w:rsidRDefault="002230AE" w:rsidP="00742D7A">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3997BA6D" w14:textId="77777777" w:rsidR="00802387" w:rsidRDefault="00802387" w:rsidP="007C0AA4">
+    <w:p w14:paraId="756D5C25" w14:textId="77777777" w:rsidR="006A6135" w:rsidRDefault="006A6135" w:rsidP="00A13082">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4D9786AD" w14:textId="77777777" w:rsidR="00802387" w:rsidRDefault="00802387" w:rsidP="007C0AA4">
+    <w:p w14:paraId="41BE0FC2" w14:textId="77777777" w:rsidR="006A6135" w:rsidRDefault="006A6135" w:rsidP="00A13082">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationNotice" w:id="1">
+    <w:p w14:paraId="54FE5D32" w14:textId="77777777" w:rsidR="006A6135" w:rsidRDefault="006A6135">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
-<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-    <w:r>
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="104424EF"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="992829FE"/>
+    <w:lvl w:ilvl="0" w:tplc="0409000B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...3 lines deleted...]
-        <w:szCs w:val="20"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
-      <w:drawing>
-[...52 lines deleted...]
-      <w:jc w:val="center"/>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
       <w:rPr>
-        <w:rFonts w:cs="Times"/>
-[...2 lines deleted...]
-        <w:color w:val="003399"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
-    </w:pPr>
-    <w:r>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
       <w:rPr>
-        <w:rFonts w:cs="Times"/>
-[...2 lines deleted...]
-        <w:color w:val="003399"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
-      <w:t>University at Buffalo</w:t>
-[...163 lines deleted...]
-    <w:lvl w:ilvl="0">
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:pStyle w:val="ListBullet4"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="1440" w:hanging="360"/>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-  </w:abstractNum>
-[...4 lines deleted...]
-    <w:lvl w:ilvl="0">
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:pStyle w:val="ListBullet3"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="1080" w:hanging="360"/>
+        <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-  </w:abstractNum>
-[...15 lines deleted...]
-    <w:lvl w:ilvl="1" w:tplc="04090003">
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="360"/>
+        <w:ind w:left="7920" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="360"/>
+        <w:ind w:left="8640" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="11940DDF"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="B93810FC"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="12"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="488" w:hanging="488"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="5"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1928" w:hanging="488"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8640" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="10080" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="11880" w:hanging="1800"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="13320" w:hanging="1800"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="18CE3CD2"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="C712B62E"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="360"/>
+        <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="360"/>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5760" w:hanging="360"/>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6480" w:hanging="360"/>
+        <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="0EDC3B05"/>
+    <w:nsid w:val="1DA62EC5"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="99CA5808"/>
+    <w:lvl w:ilvl="0" w:tplc="0409000B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="23204A7C"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="C3C2A0C6"/>
+    <w:tmpl w:val="0409001F"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%1.0"/>
-[...2 lines deleted...]
-        <w:ind w:left="1710" w:firstLine="990"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-        <w:szCs w:val="28"/>
+        <w:rFonts w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:sz w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="792" w:hanging="432"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1224" w:hanging="504"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1728" w:hanging="648"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2232" w:hanging="792"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2736" w:hanging="936"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="1080"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3744" w:hanging="1224"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="1440"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="241B5A20"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="0409001F"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="792" w:hanging="432"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1224" w:hanging="504"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1728" w:hanging="648"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2232" w:hanging="792"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2736" w:hanging="936"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="1080"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3744" w:hanging="1224"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="1440"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="28E648D4"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="6FE659E4"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7200" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7920" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="347E03B2"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="0409001F"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="792" w:hanging="432"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1224" w:hanging="504"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1728" w:hanging="648"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2232" w:hanging="792"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2736" w:hanging="936"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="1080"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3744" w:hanging="1224"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="1440"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="38205F91"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="09E63538"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="12"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="488" w:hanging="488"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="5"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="720" w:firstLine="720"/>
-      </w:pPr>
+        <w:ind w:left="2416" w:hanging="488"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-[...3 lines deleted...]
-        <w:ind w:left="2160" w:firstLine="1980"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4576" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-        <w:color w:val="000000"/>
+        <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-[...3 lines deleted...]
-        <w:ind w:left="2880" w:firstLine="2520"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6864" w:hanging="1080"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-        <w:color w:val="000000"/>
+        <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8792" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="11080" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="13008" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="15296" w:hanging="1800"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="17224" w:hanging="1800"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3C280E9B"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="77E60EC0"/>
+    <w:lvl w:ilvl="0" w:tplc="E5243758">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="1.1%1"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Rockwell" w:hAnsi="Rockwell" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:sz w:val="24"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:firstLine="3240"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="5">
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="4320" w:firstLine="4140"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="6">
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5040" w:firstLine="4680"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="7">
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5760" w:firstLine="5400"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="8">
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6480" w:firstLine="6300"/>
+        <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="1A334708"/>
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="448E3672"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="2C4A61EE"/>
+    <w:tmpl w:val="EE92131E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:pStyle w:val="ListBullet2"/>
-[...6 lines deleted...]
-        <w:ind w:left="360" w:hanging="360"/>
+      <w:lvlText w:val="%1.0"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...49 lines deleted...]
-        <w14:cntxtAlts w14:val="0"/>
+        <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerLetter"/>
-[...7 lines deleted...]
-      </w:pPr>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerRoman"/>
-[...7 lines deleted...]
-      </w:pPr>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="(%4)"/>
-[...6 lines deleted...]
-      </w:pPr>
+      <w:lvlText w:val="%1.%2.%3.%4"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerLetter"/>
-[...5 lines deleted...]
-        </w:tabs>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="1800"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7200" w:hanging="2160"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7920" w:hanging="2160"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="450F0A56"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="8C503B14"/>
+    <w:lvl w:ilvl="0" w:tplc="0409000B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
-    </w:lvl>
-[...20 lines deleted...]
-        </w:tabs>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
-    </w:lvl>
-[...20 lines deleted...]
-        </w:tabs>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
-    </w:lvl>
-[...5 lines deleted...]
-    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="720" w:hanging="360"/>
+        <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="360"/>
+        <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="360"/>
+        <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
+        <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="360"/>
+        <w:ind w:left="7560" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4A6E31F2"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="990A8F1E"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="23"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="465" w:hanging="465"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="4"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1905" w:hanging="465"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8280" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="10080" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="11520" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="13320" w:hanging="1800"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4BAB1364"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="0409001F"/>
+    <w:styleLink w:val="Style1"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="792" w:hanging="432"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1224" w:hanging="504"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1728" w:hanging="648"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2232" w:hanging="792"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2736" w:hanging="936"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="1080"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3744" w:hanging="1224"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="1440"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4BEA13DB"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="F5821690"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.0"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="465" w:hanging="465"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:sz w:val="28"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1185" w:hanging="465"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:sz w:val="28"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:sz w:val="28"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:sz w:val="28"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:sz w:val="28"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:sz w:val="28"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:sz w:val="28"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:sz w:val="28"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7560" w:hanging="1800"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:sz w:val="28"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4DEB64CA"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="E402DB78"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="12"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="488" w:hanging="488"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="5"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1928" w:hanging="488"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8640" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="10080" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="11880" w:hanging="1800"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="13320" w:hanging="1800"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="59BC5790"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="D206CF72"/>
+    <w:lvl w:ilvl="0" w:tplc="0409000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="59CA518F"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="55F2BFC2"/>
+    <w:lvl w:ilvl="0" w:tplc="0409000D">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="360"/>
+        <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5760" w:hanging="360"/>
+        <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6480" w:hanging="360"/>
+        <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-  </w:abstractNum>
-[...4 lines deleted...]
-    <w:lvl w:ilvl="0" w:tplc="7040E5F2">
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:pStyle w:val="List"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="720" w:hanging="360"/>
+        <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="6E36A046">
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:pStyle w:val="List2"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="360"/>
+        <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="C1686812">
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlRestart w:val="0"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5ECE453B"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="C89697C0"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="360"/>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="360"/>
+        <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5760" w:hanging="360"/>
+        <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6480" w:hanging="360"/>
+        <w:ind w:left="7920" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="60590388"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="31E6B718"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7560" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="65A374FF"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="414215EE"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7200" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7920" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="67E21329"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="8350FCAC"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.0"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="1800"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7200" w:hanging="2160"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7920" w:hanging="2160"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="69BC1610"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="42065D0C"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="32"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.0"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="428" w:hanging="428"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1148" w:hanging="428"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="1800"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7920" w:hanging="2160"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6B7241BA"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="6D3868E4"/>
+    <w:lvl w:ilvl="0" w:tplc="0409000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6C885FDA"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="F694143A"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="23"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="615" w:hanging="615"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="4"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1515" w:hanging="615"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3420" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5580" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7740" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="9000" w:hanging="1800"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6F8E58DF"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="4A646AB6"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="23"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1875" w:hanging="435"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="5"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4035" w:hanging="435"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8640" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="11160" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="13320" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="15840" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="18000" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="20520" w:hanging="1800"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7308581E"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="1434642A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:pStyle w:val="Heading1"/>
       <w:lvlText w:val="%1.0"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="270" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1260" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
         <w:i/>
         <w:color w:val="auto"/>
       </w:rPr>
@@ -21406,2643 +24372,2305 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="7C226AEA"/>
+  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="73D041DC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="E2DC9C04"/>
-    <w:lvl w:ilvl="0" w:tplc="B810B37E">
+    <w:tmpl w:val="B038F388"/>
+    <w:lvl w:ilvl="0" w:tplc="70085A4E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperLetter"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1020" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="E7682776">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1020" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="50C4E3AA">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperLetter"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1020" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="9E2220A0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperLetter"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1020" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="15FA93EE">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1020" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="927E7122">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperLetter"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1020" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="B644C5D0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperLetter"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1020" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="56D800C6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1020" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="E2D6B308">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperLetter"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1020" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="75B750C8"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="B7FA66F2"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="23"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="435" w:hanging="435"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="5"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="435" w:hanging="435"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="1800"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="77084B93"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="FAFAF9D6"/>
+    <w:lvl w:ilvl="0" w:tplc="0409000B">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:pStyle w:val="ChecklistSimpleChecked"/>
-[...6 lines deleted...]
-        <w:ind w:left="360" w:hanging="360"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial Unicode MS" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial Unicode MS" w:hint="eastAsia"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="1440" w:hanging="360"/>
+        <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="2160" w:hanging="360"/>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="3600" w:hanging="360"/>
+        <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="4320" w:hanging="360"/>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="5040" w:hanging="360"/>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="5760" w:hanging="360"/>
+        <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="6480" w:hanging="360"/>
+        <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="7EC7648C"/>
+  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="782B4921"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="B8CC1BCE"/>
-[...90 lines deleted...]
-    <w:tmpl w:val="2D50A882"/>
+    <w:tmpl w:val="5276DD68"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1800" w:hanging="360"/>
+        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2520" w:hanging="360"/>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3240" w:hanging="360"/>
+        <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3960" w:hanging="360"/>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4680" w:hanging="360"/>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5400" w:hanging="360"/>
+        <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6120" w:hanging="360"/>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6840" w:hanging="360"/>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="7560" w:hanging="360"/>
+        <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="783A24C9"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="477499EC"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7560" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7963123A"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="C5A62BDC"/>
+    <w:lvl w:ilvl="0" w:tplc="0409000B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7F1469AB"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="38C8A072"/>
+    <w:lvl w:ilvl="0" w:tplc="0409000B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7560" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1" w16cid:durableId="87897165">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="615134616">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="993601875">
+    <w:abstractNumId w:val="31"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="967933680">
+    <w:abstractNumId w:val="22"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="533426780">
+    <w:abstractNumId w:val="19"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="1089739722">
+    <w:abstractNumId w:val="20"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="48307298">
+    <w:abstractNumId w:val="24"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="2096854658">
+    <w:abstractNumId w:val="28"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="970555012">
+    <w:abstractNumId w:val="25"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="421684896">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="1180200990">
+    <w:abstractNumId w:val="26"/>
+  </w:num>
+  <w:num w:numId="12" w16cid:durableId="239292108">
+    <w:abstractNumId w:val="23"/>
+  </w:num>
+  <w:num w:numId="13" w16cid:durableId="806513018">
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:num w:numId="14" w16cid:durableId="320961153">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="15" w16cid:durableId="1946842045">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="16" w16cid:durableId="1922981807">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="17" w16cid:durableId="1027829901">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="18" w16cid:durableId="1043948250">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="19" w16cid:durableId="1543131214">
+    <w:abstractNumId w:val="18"/>
+  </w:num>
+  <w:num w:numId="20" w16cid:durableId="776484963">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="21" w16cid:durableId="958294741">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="22" w16cid:durableId="1092897630">
+    <w:abstractNumId w:val="33"/>
+  </w:num>
+  <w:num w:numId="23" w16cid:durableId="1135752805">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="24" w16cid:durableId="149368619">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="25" w16cid:durableId="1976980072">
+    <w:abstractNumId w:val="30"/>
+  </w:num>
+  <w:num w:numId="26" w16cid:durableId="1784156076">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="27" w16cid:durableId="512955205">
+    <w:abstractNumId w:val="29"/>
+  </w:num>
+  <w:num w:numId="28" w16cid:durableId="471680406">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="29" w16cid:durableId="1559703739">
+    <w:abstractNumId w:val="32"/>
+  </w:num>
+  <w:num w:numId="30" w16cid:durableId="26104429">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="31" w16cid:durableId="1913202182">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="32" w16cid:durableId="1179008871">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="2">
-    <w:abstractNumId w:val="1"/>
+  <w:num w:numId="33" w16cid:durableId="593051883">
+    <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="3">
-    <w:abstractNumId w:val="0"/>
+  <w:num w:numId="34" w16cid:durableId="1991052907">
+    <w:abstractNumId w:val="27"/>
   </w:num>
-  <w:num w:numId="4">
-[...59 lines deleted...]
-  <w:numIdMacAtCleanup w:val="13"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:stylePaneFormatFilter w:val="1F08" w:allStyles="0" w:customStyles="0" w:latentStyles="0" w:stylesInUse="1" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
+  <w:documentProtection w:edit="forms" w:formatting="1" w:enforcement="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="49153"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
+    <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
+    <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
-  <w:docVars>
-[...2 lines deleted...]
-  </w:docVars>
   <w:rsids>
-    <w:rsidRoot w:val="007C0AA4"/>
-[...1926 lines deleted...]
-    <w:rsid w:val="00FF7E47"/>
+    <w:rsidRoot w:val="00934CBE"/>
+    <w:rsid w:val="00003A78"/>
+    <w:rsid w:val="00003AAE"/>
+    <w:rsid w:val="000047E0"/>
+    <w:rsid w:val="00010334"/>
+    <w:rsid w:val="00015FE1"/>
+    <w:rsid w:val="00024048"/>
+    <w:rsid w:val="00030C25"/>
+    <w:rsid w:val="00032486"/>
+    <w:rsid w:val="000327E3"/>
+    <w:rsid w:val="00032D55"/>
+    <w:rsid w:val="000343C1"/>
+    <w:rsid w:val="00035537"/>
+    <w:rsid w:val="0003563C"/>
+    <w:rsid w:val="00035EBA"/>
+    <w:rsid w:val="00036244"/>
+    <w:rsid w:val="00036CB0"/>
+    <w:rsid w:val="00045856"/>
+    <w:rsid w:val="00045BA0"/>
+    <w:rsid w:val="00050F58"/>
+    <w:rsid w:val="0005127F"/>
+    <w:rsid w:val="000525E9"/>
+    <w:rsid w:val="00053DA4"/>
+    <w:rsid w:val="00055A3A"/>
+    <w:rsid w:val="00060584"/>
+    <w:rsid w:val="000605F0"/>
+    <w:rsid w:val="000608EE"/>
+    <w:rsid w:val="00063643"/>
+    <w:rsid w:val="0006480B"/>
+    <w:rsid w:val="00064DCD"/>
+    <w:rsid w:val="00064EDE"/>
+    <w:rsid w:val="000661E2"/>
+    <w:rsid w:val="00066CC1"/>
+    <w:rsid w:val="00072A28"/>
+    <w:rsid w:val="00073D4D"/>
+    <w:rsid w:val="000765BC"/>
+    <w:rsid w:val="00076B8F"/>
+    <w:rsid w:val="0007743E"/>
+    <w:rsid w:val="000807F1"/>
+    <w:rsid w:val="00080F55"/>
+    <w:rsid w:val="00081E1D"/>
+    <w:rsid w:val="000839F0"/>
+    <w:rsid w:val="0008431B"/>
+    <w:rsid w:val="00085CA3"/>
+    <w:rsid w:val="000948FC"/>
+    <w:rsid w:val="00095F75"/>
+    <w:rsid w:val="00097242"/>
+    <w:rsid w:val="00097E56"/>
+    <w:rsid w:val="000A126A"/>
+    <w:rsid w:val="000A3396"/>
+    <w:rsid w:val="000A34CE"/>
+    <w:rsid w:val="000A3717"/>
+    <w:rsid w:val="000A3EEB"/>
+    <w:rsid w:val="000A498D"/>
+    <w:rsid w:val="000A58ED"/>
+    <w:rsid w:val="000A6732"/>
+    <w:rsid w:val="000B3646"/>
+    <w:rsid w:val="000C6FE1"/>
+    <w:rsid w:val="000D630D"/>
+    <w:rsid w:val="000D78C3"/>
+    <w:rsid w:val="000E01F5"/>
+    <w:rsid w:val="000E05FF"/>
+    <w:rsid w:val="000E087C"/>
+    <w:rsid w:val="000E0FA1"/>
+    <w:rsid w:val="000E1ECA"/>
+    <w:rsid w:val="000E3ED2"/>
+    <w:rsid w:val="000E65FC"/>
+    <w:rsid w:val="000F2547"/>
+    <w:rsid w:val="000F4113"/>
+    <w:rsid w:val="00103764"/>
+    <w:rsid w:val="00106B1F"/>
+    <w:rsid w:val="001133F9"/>
+    <w:rsid w:val="001140D4"/>
+    <w:rsid w:val="001168AC"/>
+    <w:rsid w:val="00124360"/>
+    <w:rsid w:val="00124621"/>
+    <w:rsid w:val="00124AAC"/>
+    <w:rsid w:val="00124E1B"/>
+    <w:rsid w:val="00127580"/>
+    <w:rsid w:val="00127A08"/>
+    <w:rsid w:val="00127AC0"/>
+    <w:rsid w:val="00127F8F"/>
+    <w:rsid w:val="00130F6B"/>
+    <w:rsid w:val="00131A5F"/>
+    <w:rsid w:val="0013778D"/>
+    <w:rsid w:val="00137CC2"/>
+    <w:rsid w:val="00141932"/>
+    <w:rsid w:val="00142580"/>
+    <w:rsid w:val="00142867"/>
+    <w:rsid w:val="001442FE"/>
+    <w:rsid w:val="00151B7E"/>
+    <w:rsid w:val="001520B1"/>
+    <w:rsid w:val="00152A36"/>
+    <w:rsid w:val="00154EC3"/>
+    <w:rsid w:val="00162AD5"/>
+    <w:rsid w:val="00164256"/>
+    <w:rsid w:val="00167A2A"/>
+    <w:rsid w:val="001704D4"/>
+    <w:rsid w:val="0018241F"/>
+    <w:rsid w:val="00182C87"/>
+    <w:rsid w:val="00182ECF"/>
+    <w:rsid w:val="00186D7E"/>
+    <w:rsid w:val="001905C2"/>
+    <w:rsid w:val="00192B66"/>
+    <w:rsid w:val="00192CD5"/>
+    <w:rsid w:val="0019455E"/>
+    <w:rsid w:val="001A05BB"/>
+    <w:rsid w:val="001A29D5"/>
+    <w:rsid w:val="001A3FFA"/>
+    <w:rsid w:val="001B1771"/>
+    <w:rsid w:val="001B2C31"/>
+    <w:rsid w:val="001C1319"/>
+    <w:rsid w:val="001D321D"/>
+    <w:rsid w:val="001D5E13"/>
+    <w:rsid w:val="001D7692"/>
+    <w:rsid w:val="001E0F60"/>
+    <w:rsid w:val="001E1DFC"/>
+    <w:rsid w:val="001E2E4A"/>
+    <w:rsid w:val="001E5584"/>
+    <w:rsid w:val="001E5CE1"/>
+    <w:rsid w:val="001E5F2D"/>
+    <w:rsid w:val="001E75C3"/>
+    <w:rsid w:val="001F0272"/>
+    <w:rsid w:val="00203325"/>
+    <w:rsid w:val="00203E61"/>
+    <w:rsid w:val="0020409F"/>
+    <w:rsid w:val="00204466"/>
+    <w:rsid w:val="00211268"/>
+    <w:rsid w:val="00212AE9"/>
+    <w:rsid w:val="00212C83"/>
+    <w:rsid w:val="00214F39"/>
+    <w:rsid w:val="002200DA"/>
+    <w:rsid w:val="00223045"/>
+    <w:rsid w:val="002230AE"/>
+    <w:rsid w:val="00225C68"/>
+    <w:rsid w:val="002277B7"/>
+    <w:rsid w:val="0023183E"/>
+    <w:rsid w:val="00231F19"/>
+    <w:rsid w:val="00233503"/>
+    <w:rsid w:val="00233A95"/>
+    <w:rsid w:val="00234EA6"/>
+    <w:rsid w:val="00236820"/>
+    <w:rsid w:val="002369F1"/>
+    <w:rsid w:val="00237CC3"/>
+    <w:rsid w:val="002412CB"/>
+    <w:rsid w:val="00241F6A"/>
+    <w:rsid w:val="00242995"/>
+    <w:rsid w:val="00243DFF"/>
+    <w:rsid w:val="00245110"/>
+    <w:rsid w:val="002477FD"/>
+    <w:rsid w:val="00255B22"/>
+    <w:rsid w:val="00255F32"/>
+    <w:rsid w:val="0025627D"/>
+    <w:rsid w:val="00256834"/>
+    <w:rsid w:val="00262460"/>
+    <w:rsid w:val="00265208"/>
+    <w:rsid w:val="00265ACF"/>
+    <w:rsid w:val="0026662B"/>
+    <w:rsid w:val="00267C81"/>
+    <w:rsid w:val="002733D9"/>
+    <w:rsid w:val="00274421"/>
+    <w:rsid w:val="00277290"/>
+    <w:rsid w:val="00280774"/>
+    <w:rsid w:val="00281693"/>
+    <w:rsid w:val="00282EC5"/>
+    <w:rsid w:val="002866E8"/>
+    <w:rsid w:val="0028774B"/>
+    <w:rsid w:val="002909D7"/>
+    <w:rsid w:val="00291FF4"/>
+    <w:rsid w:val="00293D73"/>
+    <w:rsid w:val="00293E24"/>
+    <w:rsid w:val="0029421B"/>
+    <w:rsid w:val="0029432F"/>
+    <w:rsid w:val="002951F1"/>
+    <w:rsid w:val="002972F0"/>
+    <w:rsid w:val="002A030E"/>
+    <w:rsid w:val="002A6849"/>
+    <w:rsid w:val="002A74FA"/>
+    <w:rsid w:val="002B0032"/>
+    <w:rsid w:val="002B4FC6"/>
+    <w:rsid w:val="002B63A3"/>
+    <w:rsid w:val="002B6889"/>
+    <w:rsid w:val="002C097F"/>
+    <w:rsid w:val="002C1826"/>
+    <w:rsid w:val="002C3697"/>
+    <w:rsid w:val="002C5D7C"/>
+    <w:rsid w:val="002D0A85"/>
+    <w:rsid w:val="002D3A20"/>
+    <w:rsid w:val="002D4C60"/>
+    <w:rsid w:val="002D52B6"/>
+    <w:rsid w:val="002D717A"/>
+    <w:rsid w:val="002E0359"/>
+    <w:rsid w:val="002E1740"/>
+    <w:rsid w:val="002E1AE4"/>
+    <w:rsid w:val="002E5504"/>
+    <w:rsid w:val="002E5DAB"/>
+    <w:rsid w:val="002E707C"/>
+    <w:rsid w:val="002E7A1B"/>
+    <w:rsid w:val="002F3CD7"/>
+    <w:rsid w:val="002F57A1"/>
+    <w:rsid w:val="002F6CAA"/>
+    <w:rsid w:val="00301E3E"/>
+    <w:rsid w:val="00312340"/>
+    <w:rsid w:val="00313456"/>
+    <w:rsid w:val="00313E48"/>
+    <w:rsid w:val="003163CC"/>
+    <w:rsid w:val="00317A98"/>
+    <w:rsid w:val="00317B5E"/>
+    <w:rsid w:val="00320F7E"/>
+    <w:rsid w:val="003216D7"/>
+    <w:rsid w:val="00327CA7"/>
+    <w:rsid w:val="0033213B"/>
+    <w:rsid w:val="003418E5"/>
+    <w:rsid w:val="00341927"/>
+    <w:rsid w:val="00342850"/>
+    <w:rsid w:val="00343128"/>
+    <w:rsid w:val="00343209"/>
+    <w:rsid w:val="00343EF1"/>
+    <w:rsid w:val="003447C6"/>
+    <w:rsid w:val="00344B78"/>
+    <w:rsid w:val="00344C98"/>
+    <w:rsid w:val="003450CB"/>
+    <w:rsid w:val="00346510"/>
+    <w:rsid w:val="00350EFB"/>
+    <w:rsid w:val="003520BE"/>
+    <w:rsid w:val="00353014"/>
+    <w:rsid w:val="00356E49"/>
+    <w:rsid w:val="00356E52"/>
+    <w:rsid w:val="0036005E"/>
+    <w:rsid w:val="00360706"/>
+    <w:rsid w:val="00363EA0"/>
+    <w:rsid w:val="003665A5"/>
+    <w:rsid w:val="00366B34"/>
+    <w:rsid w:val="0036783C"/>
+    <w:rsid w:val="0037064B"/>
+    <w:rsid w:val="00370EC4"/>
+    <w:rsid w:val="0037338D"/>
+    <w:rsid w:val="003736A9"/>
+    <w:rsid w:val="00373E69"/>
+    <w:rsid w:val="00374340"/>
+    <w:rsid w:val="00374794"/>
+    <w:rsid w:val="00374831"/>
+    <w:rsid w:val="00374CF5"/>
+    <w:rsid w:val="003751FD"/>
+    <w:rsid w:val="00377452"/>
+    <w:rsid w:val="0038154A"/>
+    <w:rsid w:val="00382421"/>
+    <w:rsid w:val="003830A0"/>
+    <w:rsid w:val="00383A30"/>
+    <w:rsid w:val="00383E18"/>
+    <w:rsid w:val="003868B1"/>
+    <w:rsid w:val="00392B7A"/>
+    <w:rsid w:val="00394DF3"/>
+    <w:rsid w:val="003A2CEA"/>
+    <w:rsid w:val="003A4BBC"/>
+    <w:rsid w:val="003A5468"/>
+    <w:rsid w:val="003A75F0"/>
+    <w:rsid w:val="003B354C"/>
+    <w:rsid w:val="003B41D9"/>
+    <w:rsid w:val="003B46EC"/>
+    <w:rsid w:val="003B51C9"/>
+    <w:rsid w:val="003B6346"/>
+    <w:rsid w:val="003C0687"/>
+    <w:rsid w:val="003C1418"/>
+    <w:rsid w:val="003C6786"/>
+    <w:rsid w:val="003C6E86"/>
+    <w:rsid w:val="003D099C"/>
+    <w:rsid w:val="003D1E5D"/>
+    <w:rsid w:val="003D2C74"/>
+    <w:rsid w:val="003D2E62"/>
+    <w:rsid w:val="003D3BA1"/>
+    <w:rsid w:val="003D3C30"/>
+    <w:rsid w:val="003D71DA"/>
+    <w:rsid w:val="003D7316"/>
+    <w:rsid w:val="003D7F91"/>
+    <w:rsid w:val="003E1D6B"/>
+    <w:rsid w:val="003E1FC9"/>
+    <w:rsid w:val="003E2783"/>
+    <w:rsid w:val="003E5085"/>
+    <w:rsid w:val="003E5AF1"/>
+    <w:rsid w:val="003E670E"/>
+    <w:rsid w:val="003E6842"/>
+    <w:rsid w:val="003F50CA"/>
+    <w:rsid w:val="003F58C3"/>
+    <w:rsid w:val="003F70B8"/>
+    <w:rsid w:val="003F7DBE"/>
+    <w:rsid w:val="004004CB"/>
+    <w:rsid w:val="004019CD"/>
+    <w:rsid w:val="0040310D"/>
+    <w:rsid w:val="004049DD"/>
+    <w:rsid w:val="00410DE3"/>
+    <w:rsid w:val="00413D74"/>
+    <w:rsid w:val="0041572E"/>
+    <w:rsid w:val="0041689C"/>
+    <w:rsid w:val="0041700E"/>
+    <w:rsid w:val="00417ACC"/>
+    <w:rsid w:val="004208BF"/>
+    <w:rsid w:val="004234CA"/>
+    <w:rsid w:val="004250F7"/>
+    <w:rsid w:val="0042620E"/>
+    <w:rsid w:val="00427014"/>
+    <w:rsid w:val="00431826"/>
+    <w:rsid w:val="004357D3"/>
+    <w:rsid w:val="0044009A"/>
+    <w:rsid w:val="00440289"/>
+    <w:rsid w:val="004416F1"/>
+    <w:rsid w:val="00441EC0"/>
+    <w:rsid w:val="00444BC6"/>
+    <w:rsid w:val="0044511D"/>
+    <w:rsid w:val="004451D1"/>
+    <w:rsid w:val="00446CBE"/>
+    <w:rsid w:val="00450340"/>
+    <w:rsid w:val="004508A9"/>
+    <w:rsid w:val="00453ED4"/>
+    <w:rsid w:val="00465B7C"/>
+    <w:rsid w:val="00467842"/>
+    <w:rsid w:val="00467A7D"/>
+    <w:rsid w:val="00471B06"/>
+    <w:rsid w:val="00472E6C"/>
+    <w:rsid w:val="004756E8"/>
+    <w:rsid w:val="004761D8"/>
+    <w:rsid w:val="00480252"/>
+    <w:rsid w:val="00482BA9"/>
+    <w:rsid w:val="00484E39"/>
+    <w:rsid w:val="00487472"/>
+    <w:rsid w:val="00490AD0"/>
+    <w:rsid w:val="00491DF4"/>
+    <w:rsid w:val="00494C38"/>
+    <w:rsid w:val="00494D9F"/>
+    <w:rsid w:val="00496A2C"/>
+    <w:rsid w:val="004A1AF9"/>
+    <w:rsid w:val="004A219A"/>
+    <w:rsid w:val="004A3AF7"/>
+    <w:rsid w:val="004A74E8"/>
+    <w:rsid w:val="004B08EE"/>
+    <w:rsid w:val="004B0E4C"/>
+    <w:rsid w:val="004B1C3A"/>
+    <w:rsid w:val="004B225F"/>
+    <w:rsid w:val="004B462C"/>
+    <w:rsid w:val="004B73CE"/>
+    <w:rsid w:val="004C2521"/>
+    <w:rsid w:val="004C464D"/>
+    <w:rsid w:val="004C66F3"/>
+    <w:rsid w:val="004C7B9B"/>
+    <w:rsid w:val="004D1B2C"/>
+    <w:rsid w:val="004D71E0"/>
+    <w:rsid w:val="004E189A"/>
+    <w:rsid w:val="004E19C3"/>
+    <w:rsid w:val="004E3392"/>
+    <w:rsid w:val="004E3E66"/>
+    <w:rsid w:val="004F02FE"/>
+    <w:rsid w:val="004F10BA"/>
+    <w:rsid w:val="004F14DA"/>
+    <w:rsid w:val="004F3B31"/>
+    <w:rsid w:val="004F4E3A"/>
+    <w:rsid w:val="004F65FF"/>
+    <w:rsid w:val="005013D8"/>
+    <w:rsid w:val="00502A97"/>
+    <w:rsid w:val="005032A0"/>
+    <w:rsid w:val="00504B85"/>
+    <w:rsid w:val="005123D7"/>
+    <w:rsid w:val="00514041"/>
+    <w:rsid w:val="00515637"/>
+    <w:rsid w:val="00515661"/>
+    <w:rsid w:val="00515AE1"/>
+    <w:rsid w:val="00524442"/>
+    <w:rsid w:val="005265AA"/>
+    <w:rsid w:val="00526FA0"/>
+    <w:rsid w:val="00527482"/>
+    <w:rsid w:val="0052776C"/>
+    <w:rsid w:val="005307E7"/>
+    <w:rsid w:val="00530E6E"/>
+    <w:rsid w:val="00531441"/>
+    <w:rsid w:val="00533903"/>
+    <w:rsid w:val="0053682A"/>
+    <w:rsid w:val="005437DD"/>
+    <w:rsid w:val="00546371"/>
+    <w:rsid w:val="00546FD8"/>
+    <w:rsid w:val="005476B3"/>
+    <w:rsid w:val="0055034A"/>
+    <w:rsid w:val="00553A42"/>
+    <w:rsid w:val="005556A7"/>
+    <w:rsid w:val="00555A2A"/>
+    <w:rsid w:val="00557A38"/>
+    <w:rsid w:val="00557EAD"/>
+    <w:rsid w:val="00561D9E"/>
+    <w:rsid w:val="00563945"/>
+    <w:rsid w:val="00565A6F"/>
+    <w:rsid w:val="00567B16"/>
+    <w:rsid w:val="0057021A"/>
+    <w:rsid w:val="00573B10"/>
+    <w:rsid w:val="005750EB"/>
+    <w:rsid w:val="005755BB"/>
+    <w:rsid w:val="00580835"/>
+    <w:rsid w:val="00580CF8"/>
+    <w:rsid w:val="005829D4"/>
+    <w:rsid w:val="00583C17"/>
+    <w:rsid w:val="00583F0D"/>
+    <w:rsid w:val="00584FF9"/>
+    <w:rsid w:val="00585B50"/>
+    <w:rsid w:val="00585D81"/>
+    <w:rsid w:val="00592503"/>
+    <w:rsid w:val="00592DB3"/>
+    <w:rsid w:val="0059312A"/>
+    <w:rsid w:val="00594724"/>
+    <w:rsid w:val="00595674"/>
+    <w:rsid w:val="00596BC5"/>
+    <w:rsid w:val="00597168"/>
+    <w:rsid w:val="00597E35"/>
+    <w:rsid w:val="005A30CC"/>
+    <w:rsid w:val="005A39CF"/>
+    <w:rsid w:val="005A407E"/>
+    <w:rsid w:val="005A4B9B"/>
+    <w:rsid w:val="005A4BB2"/>
+    <w:rsid w:val="005A6236"/>
+    <w:rsid w:val="005B66C1"/>
+    <w:rsid w:val="005C01C2"/>
+    <w:rsid w:val="005C3872"/>
+    <w:rsid w:val="005C50EA"/>
+    <w:rsid w:val="005C6C44"/>
+    <w:rsid w:val="005D1A83"/>
+    <w:rsid w:val="005D26CE"/>
+    <w:rsid w:val="005E07EA"/>
+    <w:rsid w:val="005E0B29"/>
+    <w:rsid w:val="005E12CB"/>
+    <w:rsid w:val="005E2DCD"/>
+    <w:rsid w:val="005F36EC"/>
+    <w:rsid w:val="005F3C37"/>
+    <w:rsid w:val="00600332"/>
+    <w:rsid w:val="006071E2"/>
+    <w:rsid w:val="00607D1D"/>
+    <w:rsid w:val="00612F65"/>
+    <w:rsid w:val="006149D2"/>
+    <w:rsid w:val="00617010"/>
+    <w:rsid w:val="006209B1"/>
+    <w:rsid w:val="00626739"/>
+    <w:rsid w:val="00627F4E"/>
+    <w:rsid w:val="00630B8B"/>
+    <w:rsid w:val="00632B10"/>
+    <w:rsid w:val="006351EE"/>
+    <w:rsid w:val="00641608"/>
+    <w:rsid w:val="00642074"/>
+    <w:rsid w:val="0064402E"/>
+    <w:rsid w:val="00645529"/>
+    <w:rsid w:val="0064685F"/>
+    <w:rsid w:val="00647D69"/>
+    <w:rsid w:val="00651A0C"/>
+    <w:rsid w:val="0065504E"/>
+    <w:rsid w:val="00655695"/>
+    <w:rsid w:val="00655738"/>
+    <w:rsid w:val="006577AC"/>
+    <w:rsid w:val="0066004B"/>
+    <w:rsid w:val="006630D9"/>
+    <w:rsid w:val="0066412D"/>
+    <w:rsid w:val="00665D05"/>
+    <w:rsid w:val="00666FDC"/>
+    <w:rsid w:val="00667474"/>
+    <w:rsid w:val="00670661"/>
+    <w:rsid w:val="00673A9E"/>
+    <w:rsid w:val="0067630B"/>
+    <w:rsid w:val="006765D1"/>
+    <w:rsid w:val="006818CB"/>
+    <w:rsid w:val="00683C3E"/>
+    <w:rsid w:val="006846C2"/>
+    <w:rsid w:val="00686170"/>
+    <w:rsid w:val="006865F1"/>
+    <w:rsid w:val="006940BF"/>
+    <w:rsid w:val="00694718"/>
+    <w:rsid w:val="00694A68"/>
+    <w:rsid w:val="006A0D9A"/>
+    <w:rsid w:val="006A0FE0"/>
+    <w:rsid w:val="006A2E02"/>
+    <w:rsid w:val="006A34D1"/>
+    <w:rsid w:val="006A5F8B"/>
+    <w:rsid w:val="006A6135"/>
+    <w:rsid w:val="006B3502"/>
+    <w:rsid w:val="006B3612"/>
+    <w:rsid w:val="006B489F"/>
+    <w:rsid w:val="006B53AB"/>
+    <w:rsid w:val="006B6D55"/>
+    <w:rsid w:val="006B6F63"/>
+    <w:rsid w:val="006B741E"/>
+    <w:rsid w:val="006C0478"/>
+    <w:rsid w:val="006C5BA0"/>
+    <w:rsid w:val="006D0C2C"/>
+    <w:rsid w:val="006D144A"/>
+    <w:rsid w:val="006D5F9D"/>
+    <w:rsid w:val="006D6595"/>
+    <w:rsid w:val="006E1DE6"/>
+    <w:rsid w:val="006E6210"/>
+    <w:rsid w:val="006F0822"/>
+    <w:rsid w:val="006F36D9"/>
+    <w:rsid w:val="006F4775"/>
+    <w:rsid w:val="006F619A"/>
+    <w:rsid w:val="006F7766"/>
+    <w:rsid w:val="0070088F"/>
+    <w:rsid w:val="0070164A"/>
+    <w:rsid w:val="0070193A"/>
+    <w:rsid w:val="00701C8B"/>
+    <w:rsid w:val="00701CEA"/>
+    <w:rsid w:val="00706F4D"/>
+    <w:rsid w:val="0070791B"/>
+    <w:rsid w:val="0071037E"/>
+    <w:rsid w:val="0071381D"/>
+    <w:rsid w:val="0071644A"/>
+    <w:rsid w:val="00720D5F"/>
+    <w:rsid w:val="00723CF4"/>
+    <w:rsid w:val="00724FF4"/>
+    <w:rsid w:val="007251E1"/>
+    <w:rsid w:val="00726128"/>
+    <w:rsid w:val="00726243"/>
+    <w:rsid w:val="007301C6"/>
+    <w:rsid w:val="0073156D"/>
+    <w:rsid w:val="007322B5"/>
+    <w:rsid w:val="00733EF5"/>
+    <w:rsid w:val="0074011E"/>
+    <w:rsid w:val="00742D7A"/>
+    <w:rsid w:val="0074305B"/>
+    <w:rsid w:val="00744E3C"/>
+    <w:rsid w:val="007463BF"/>
+    <w:rsid w:val="0074756E"/>
+    <w:rsid w:val="007507B6"/>
+    <w:rsid w:val="00750846"/>
+    <w:rsid w:val="007513B4"/>
+    <w:rsid w:val="00751DBB"/>
+    <w:rsid w:val="00753EE8"/>
+    <w:rsid w:val="007541A3"/>
+    <w:rsid w:val="007565B7"/>
+    <w:rsid w:val="00757439"/>
+    <w:rsid w:val="00757564"/>
+    <w:rsid w:val="00760141"/>
+    <w:rsid w:val="007603D0"/>
+    <w:rsid w:val="007603E9"/>
+    <w:rsid w:val="007604A1"/>
+    <w:rsid w:val="007630E3"/>
+    <w:rsid w:val="00763D67"/>
+    <w:rsid w:val="0076654D"/>
+    <w:rsid w:val="00766630"/>
+    <w:rsid w:val="007702A2"/>
+    <w:rsid w:val="0077087B"/>
+    <w:rsid w:val="00771A00"/>
+    <w:rsid w:val="00771E6E"/>
+    <w:rsid w:val="007757F9"/>
+    <w:rsid w:val="00775A4A"/>
+    <w:rsid w:val="00777B7B"/>
+    <w:rsid w:val="0078115F"/>
+    <w:rsid w:val="00781D4C"/>
+    <w:rsid w:val="00784372"/>
+    <w:rsid w:val="007853D6"/>
+    <w:rsid w:val="00786D87"/>
+    <w:rsid w:val="0079038B"/>
+    <w:rsid w:val="00794128"/>
+    <w:rsid w:val="00794243"/>
+    <w:rsid w:val="00795E74"/>
+    <w:rsid w:val="007A153F"/>
+    <w:rsid w:val="007A1A1B"/>
+    <w:rsid w:val="007A2E11"/>
+    <w:rsid w:val="007A38F5"/>
+    <w:rsid w:val="007A60E1"/>
+    <w:rsid w:val="007A636D"/>
+    <w:rsid w:val="007B11CD"/>
+    <w:rsid w:val="007B1F89"/>
+    <w:rsid w:val="007B3F61"/>
+    <w:rsid w:val="007B4B3A"/>
+    <w:rsid w:val="007B4CF1"/>
+    <w:rsid w:val="007C09FA"/>
+    <w:rsid w:val="007C11B7"/>
+    <w:rsid w:val="007C1BD8"/>
+    <w:rsid w:val="007C23F9"/>
+    <w:rsid w:val="007C5553"/>
+    <w:rsid w:val="007C6F40"/>
+    <w:rsid w:val="007C6FC6"/>
+    <w:rsid w:val="007D023A"/>
+    <w:rsid w:val="007D0292"/>
+    <w:rsid w:val="007D2AEC"/>
+    <w:rsid w:val="007D4E76"/>
+    <w:rsid w:val="007D68DF"/>
+    <w:rsid w:val="007D76CD"/>
+    <w:rsid w:val="007D7C69"/>
+    <w:rsid w:val="007E02D3"/>
+    <w:rsid w:val="007E05FC"/>
+    <w:rsid w:val="007E286A"/>
+    <w:rsid w:val="007E3A0B"/>
+    <w:rsid w:val="007E4163"/>
+    <w:rsid w:val="007E52F9"/>
+    <w:rsid w:val="007E6055"/>
+    <w:rsid w:val="007F05BA"/>
+    <w:rsid w:val="007F16A4"/>
+    <w:rsid w:val="007F21CC"/>
+    <w:rsid w:val="007F3EDF"/>
+    <w:rsid w:val="007F49F2"/>
+    <w:rsid w:val="007F5E1F"/>
+    <w:rsid w:val="007F621F"/>
+    <w:rsid w:val="007F6A92"/>
+    <w:rsid w:val="00800E88"/>
+    <w:rsid w:val="008014B4"/>
+    <w:rsid w:val="008019F0"/>
+    <w:rsid w:val="008024E1"/>
+    <w:rsid w:val="00802D80"/>
+    <w:rsid w:val="00805E15"/>
+    <w:rsid w:val="00806561"/>
+    <w:rsid w:val="008079F1"/>
+    <w:rsid w:val="0081006E"/>
+    <w:rsid w:val="00811B80"/>
+    <w:rsid w:val="00811BB0"/>
+    <w:rsid w:val="00811E25"/>
+    <w:rsid w:val="00813403"/>
+    <w:rsid w:val="008159AD"/>
+    <w:rsid w:val="00816B6E"/>
+    <w:rsid w:val="00820928"/>
+    <w:rsid w:val="00821765"/>
+    <w:rsid w:val="00822522"/>
+    <w:rsid w:val="00824565"/>
+    <w:rsid w:val="00831AE5"/>
+    <w:rsid w:val="00835D1F"/>
+    <w:rsid w:val="00837EDA"/>
+    <w:rsid w:val="00841002"/>
+    <w:rsid w:val="008414FD"/>
+    <w:rsid w:val="00844532"/>
+    <w:rsid w:val="00850215"/>
+    <w:rsid w:val="008526EE"/>
+    <w:rsid w:val="00855DEB"/>
+    <w:rsid w:val="00866574"/>
+    <w:rsid w:val="008673F1"/>
+    <w:rsid w:val="00872E7B"/>
+    <w:rsid w:val="0088246F"/>
+    <w:rsid w:val="0088496F"/>
+    <w:rsid w:val="008904FF"/>
+    <w:rsid w:val="00894815"/>
+    <w:rsid w:val="00897C37"/>
+    <w:rsid w:val="008A1B2B"/>
+    <w:rsid w:val="008A2C28"/>
+    <w:rsid w:val="008A5203"/>
+    <w:rsid w:val="008A53DC"/>
+    <w:rsid w:val="008A55B5"/>
+    <w:rsid w:val="008A6AF2"/>
+    <w:rsid w:val="008B13F9"/>
+    <w:rsid w:val="008B19BD"/>
+    <w:rsid w:val="008B4F77"/>
+    <w:rsid w:val="008B73C8"/>
+    <w:rsid w:val="008C1779"/>
+    <w:rsid w:val="008C72EB"/>
+    <w:rsid w:val="008D00A0"/>
+    <w:rsid w:val="008D0BF8"/>
+    <w:rsid w:val="008D182F"/>
+    <w:rsid w:val="008D2FDE"/>
+    <w:rsid w:val="008D5663"/>
+    <w:rsid w:val="008E1E35"/>
+    <w:rsid w:val="008E4683"/>
+    <w:rsid w:val="008E4A05"/>
+    <w:rsid w:val="008E564A"/>
+    <w:rsid w:val="008F003C"/>
+    <w:rsid w:val="008F0C37"/>
+    <w:rsid w:val="008F0E87"/>
+    <w:rsid w:val="008F197E"/>
+    <w:rsid w:val="008F2809"/>
+    <w:rsid w:val="008F492F"/>
+    <w:rsid w:val="008F51A9"/>
+    <w:rsid w:val="00903081"/>
+    <w:rsid w:val="00903553"/>
+    <w:rsid w:val="00903EE7"/>
+    <w:rsid w:val="00903F13"/>
+    <w:rsid w:val="009042E8"/>
+    <w:rsid w:val="00904F83"/>
+    <w:rsid w:val="0090753C"/>
+    <w:rsid w:val="00910DC0"/>
+    <w:rsid w:val="009144D7"/>
+    <w:rsid w:val="00915F0C"/>
+    <w:rsid w:val="00916FBE"/>
+    <w:rsid w:val="00917060"/>
+    <w:rsid w:val="00920447"/>
+    <w:rsid w:val="00921962"/>
+    <w:rsid w:val="00921C70"/>
+    <w:rsid w:val="00923432"/>
+    <w:rsid w:val="009240EA"/>
+    <w:rsid w:val="00925BC6"/>
+    <w:rsid w:val="0093011B"/>
+    <w:rsid w:val="00934CBE"/>
+    <w:rsid w:val="00935B8E"/>
+    <w:rsid w:val="00936295"/>
+    <w:rsid w:val="00941D4E"/>
+    <w:rsid w:val="009447BC"/>
+    <w:rsid w:val="00945C18"/>
+    <w:rsid w:val="009478B7"/>
+    <w:rsid w:val="009509A2"/>
+    <w:rsid w:val="00953B15"/>
+    <w:rsid w:val="00956FD2"/>
+    <w:rsid w:val="009603A4"/>
+    <w:rsid w:val="009610A2"/>
+    <w:rsid w:val="00962F66"/>
+    <w:rsid w:val="009634AA"/>
+    <w:rsid w:val="0096551C"/>
+    <w:rsid w:val="0096581A"/>
+    <w:rsid w:val="00966E49"/>
+    <w:rsid w:val="009678A3"/>
+    <w:rsid w:val="0096791F"/>
+    <w:rsid w:val="009732F3"/>
+    <w:rsid w:val="0097721F"/>
+    <w:rsid w:val="009774DE"/>
+    <w:rsid w:val="00977D17"/>
+    <w:rsid w:val="009822FD"/>
+    <w:rsid w:val="00982389"/>
+    <w:rsid w:val="00983C0C"/>
+    <w:rsid w:val="0098421B"/>
+    <w:rsid w:val="00985FCA"/>
+    <w:rsid w:val="009914D2"/>
+    <w:rsid w:val="00992155"/>
+    <w:rsid w:val="00993906"/>
+    <w:rsid w:val="009A693F"/>
+    <w:rsid w:val="009B1E61"/>
+    <w:rsid w:val="009B6678"/>
+    <w:rsid w:val="009B6830"/>
+    <w:rsid w:val="009B722C"/>
+    <w:rsid w:val="009C0BB2"/>
+    <w:rsid w:val="009C11C1"/>
+    <w:rsid w:val="009C43E4"/>
+    <w:rsid w:val="009C796D"/>
+    <w:rsid w:val="009C79E5"/>
+    <w:rsid w:val="009D2706"/>
+    <w:rsid w:val="009D489B"/>
+    <w:rsid w:val="009D4DD6"/>
+    <w:rsid w:val="009E3B58"/>
+    <w:rsid w:val="009E4C62"/>
+    <w:rsid w:val="009E7CD5"/>
+    <w:rsid w:val="009F0101"/>
+    <w:rsid w:val="009F312F"/>
+    <w:rsid w:val="009F4752"/>
+    <w:rsid w:val="009F53E1"/>
+    <w:rsid w:val="009F744B"/>
+    <w:rsid w:val="00A00213"/>
+    <w:rsid w:val="00A028BC"/>
+    <w:rsid w:val="00A02CF3"/>
+    <w:rsid w:val="00A02E0B"/>
+    <w:rsid w:val="00A03DEC"/>
+    <w:rsid w:val="00A073B0"/>
+    <w:rsid w:val="00A10FE6"/>
+    <w:rsid w:val="00A128AA"/>
+    <w:rsid w:val="00A13082"/>
+    <w:rsid w:val="00A147E8"/>
+    <w:rsid w:val="00A17104"/>
+    <w:rsid w:val="00A230A7"/>
+    <w:rsid w:val="00A250AD"/>
+    <w:rsid w:val="00A25536"/>
+    <w:rsid w:val="00A25EEF"/>
+    <w:rsid w:val="00A27AB9"/>
+    <w:rsid w:val="00A30241"/>
+    <w:rsid w:val="00A31574"/>
+    <w:rsid w:val="00A31700"/>
+    <w:rsid w:val="00A33306"/>
+    <w:rsid w:val="00A34860"/>
+    <w:rsid w:val="00A35049"/>
+    <w:rsid w:val="00A35223"/>
+    <w:rsid w:val="00A3572C"/>
+    <w:rsid w:val="00A36D9A"/>
+    <w:rsid w:val="00A427AD"/>
+    <w:rsid w:val="00A45EC2"/>
+    <w:rsid w:val="00A4600C"/>
+    <w:rsid w:val="00A522CB"/>
+    <w:rsid w:val="00A5290F"/>
+    <w:rsid w:val="00A5753D"/>
+    <w:rsid w:val="00A615E0"/>
+    <w:rsid w:val="00A62A35"/>
+    <w:rsid w:val="00A63007"/>
+    <w:rsid w:val="00A6370D"/>
+    <w:rsid w:val="00A641FF"/>
+    <w:rsid w:val="00A6558B"/>
+    <w:rsid w:val="00A66797"/>
+    <w:rsid w:val="00A66D27"/>
+    <w:rsid w:val="00A67541"/>
+    <w:rsid w:val="00A67F48"/>
+    <w:rsid w:val="00A70535"/>
+    <w:rsid w:val="00A70596"/>
+    <w:rsid w:val="00A7086E"/>
+    <w:rsid w:val="00A727A6"/>
+    <w:rsid w:val="00A730FE"/>
+    <w:rsid w:val="00A800B2"/>
+    <w:rsid w:val="00A81517"/>
+    <w:rsid w:val="00A8450A"/>
+    <w:rsid w:val="00A8542E"/>
+    <w:rsid w:val="00A8619D"/>
+    <w:rsid w:val="00A90B29"/>
+    <w:rsid w:val="00A94B84"/>
+    <w:rsid w:val="00A9507A"/>
+    <w:rsid w:val="00A95121"/>
+    <w:rsid w:val="00AA14F8"/>
+    <w:rsid w:val="00AA2C73"/>
+    <w:rsid w:val="00AA3EED"/>
+    <w:rsid w:val="00AA53E4"/>
+    <w:rsid w:val="00AA5516"/>
+    <w:rsid w:val="00AA5A88"/>
+    <w:rsid w:val="00AC2999"/>
+    <w:rsid w:val="00AC2EF8"/>
+    <w:rsid w:val="00AC3DCE"/>
+    <w:rsid w:val="00AC66A0"/>
+    <w:rsid w:val="00AC6A49"/>
+    <w:rsid w:val="00AD212D"/>
+    <w:rsid w:val="00AD305A"/>
+    <w:rsid w:val="00AD4643"/>
+    <w:rsid w:val="00AD55B7"/>
+    <w:rsid w:val="00AD7FF8"/>
+    <w:rsid w:val="00AE1903"/>
+    <w:rsid w:val="00AE552F"/>
+    <w:rsid w:val="00AE604C"/>
+    <w:rsid w:val="00AE6AC3"/>
+    <w:rsid w:val="00AE7456"/>
+    <w:rsid w:val="00AF30BB"/>
+    <w:rsid w:val="00AF4036"/>
+    <w:rsid w:val="00AF523E"/>
+    <w:rsid w:val="00B07293"/>
+    <w:rsid w:val="00B0742D"/>
+    <w:rsid w:val="00B0787A"/>
+    <w:rsid w:val="00B07E31"/>
+    <w:rsid w:val="00B113FD"/>
+    <w:rsid w:val="00B12597"/>
+    <w:rsid w:val="00B14295"/>
+    <w:rsid w:val="00B14B07"/>
+    <w:rsid w:val="00B164B8"/>
+    <w:rsid w:val="00B20607"/>
+    <w:rsid w:val="00B20E9B"/>
+    <w:rsid w:val="00B214ED"/>
+    <w:rsid w:val="00B21DA2"/>
+    <w:rsid w:val="00B30E96"/>
+    <w:rsid w:val="00B34C75"/>
+    <w:rsid w:val="00B366A3"/>
+    <w:rsid w:val="00B366BA"/>
+    <w:rsid w:val="00B37BB1"/>
+    <w:rsid w:val="00B51AAD"/>
+    <w:rsid w:val="00B526FE"/>
+    <w:rsid w:val="00B531B9"/>
+    <w:rsid w:val="00B55180"/>
+    <w:rsid w:val="00B552B7"/>
+    <w:rsid w:val="00B571B7"/>
+    <w:rsid w:val="00B5751C"/>
+    <w:rsid w:val="00B60768"/>
+    <w:rsid w:val="00B622B9"/>
+    <w:rsid w:val="00B6551D"/>
+    <w:rsid w:val="00B65B9F"/>
+    <w:rsid w:val="00B66A9A"/>
+    <w:rsid w:val="00B7007F"/>
+    <w:rsid w:val="00B73A77"/>
+    <w:rsid w:val="00B7465C"/>
+    <w:rsid w:val="00B81146"/>
+    <w:rsid w:val="00B90AF6"/>
+    <w:rsid w:val="00B91D13"/>
+    <w:rsid w:val="00B92135"/>
+    <w:rsid w:val="00B978CE"/>
+    <w:rsid w:val="00BA4AF6"/>
+    <w:rsid w:val="00BA4D81"/>
+    <w:rsid w:val="00BB19FF"/>
+    <w:rsid w:val="00BC26B7"/>
+    <w:rsid w:val="00BC3FA6"/>
+    <w:rsid w:val="00BC4557"/>
+    <w:rsid w:val="00BC7550"/>
+    <w:rsid w:val="00BD03F9"/>
+    <w:rsid w:val="00BD174B"/>
+    <w:rsid w:val="00BD36E9"/>
+    <w:rsid w:val="00BD5877"/>
+    <w:rsid w:val="00BD5FEA"/>
+    <w:rsid w:val="00BD69AA"/>
+    <w:rsid w:val="00BD6FE5"/>
+    <w:rsid w:val="00BD7AA5"/>
+    <w:rsid w:val="00BE02C8"/>
+    <w:rsid w:val="00BF0611"/>
+    <w:rsid w:val="00BF13D1"/>
+    <w:rsid w:val="00BF19CA"/>
+    <w:rsid w:val="00BF22A8"/>
+    <w:rsid w:val="00BF22CE"/>
+    <w:rsid w:val="00BF5068"/>
+    <w:rsid w:val="00C0113A"/>
+    <w:rsid w:val="00C04BD1"/>
+    <w:rsid w:val="00C077DC"/>
+    <w:rsid w:val="00C10A9B"/>
+    <w:rsid w:val="00C11E16"/>
+    <w:rsid w:val="00C13ACA"/>
+    <w:rsid w:val="00C16C62"/>
+    <w:rsid w:val="00C17E93"/>
+    <w:rsid w:val="00C20519"/>
+    <w:rsid w:val="00C22FBB"/>
+    <w:rsid w:val="00C241BE"/>
+    <w:rsid w:val="00C24ADC"/>
+    <w:rsid w:val="00C25526"/>
+    <w:rsid w:val="00C25671"/>
+    <w:rsid w:val="00C26867"/>
+    <w:rsid w:val="00C2767F"/>
+    <w:rsid w:val="00C31D8F"/>
+    <w:rsid w:val="00C36703"/>
+    <w:rsid w:val="00C42A51"/>
+    <w:rsid w:val="00C5215B"/>
+    <w:rsid w:val="00C53DA9"/>
+    <w:rsid w:val="00C56661"/>
+    <w:rsid w:val="00C6164E"/>
+    <w:rsid w:val="00C648E6"/>
+    <w:rsid w:val="00C656ED"/>
+    <w:rsid w:val="00C70424"/>
+    <w:rsid w:val="00C749A0"/>
+    <w:rsid w:val="00C75185"/>
+    <w:rsid w:val="00C75DD6"/>
+    <w:rsid w:val="00C77C7A"/>
+    <w:rsid w:val="00C8251A"/>
+    <w:rsid w:val="00C855BC"/>
+    <w:rsid w:val="00C9097B"/>
+    <w:rsid w:val="00C91775"/>
+    <w:rsid w:val="00C91997"/>
+    <w:rsid w:val="00C91A6A"/>
+    <w:rsid w:val="00CA2274"/>
+    <w:rsid w:val="00CA30C1"/>
+    <w:rsid w:val="00CA4354"/>
+    <w:rsid w:val="00CB10FD"/>
+    <w:rsid w:val="00CB746A"/>
+    <w:rsid w:val="00CB783B"/>
+    <w:rsid w:val="00CC17E5"/>
+    <w:rsid w:val="00CC1E86"/>
+    <w:rsid w:val="00CC33A6"/>
+    <w:rsid w:val="00CC5AC2"/>
+    <w:rsid w:val="00CC6C5A"/>
+    <w:rsid w:val="00CD0187"/>
+    <w:rsid w:val="00CD048F"/>
+    <w:rsid w:val="00CD0DE8"/>
+    <w:rsid w:val="00CD0E8C"/>
+    <w:rsid w:val="00CE08BF"/>
+    <w:rsid w:val="00CE0A76"/>
+    <w:rsid w:val="00CE1A62"/>
+    <w:rsid w:val="00CE2361"/>
+    <w:rsid w:val="00CE48CC"/>
+    <w:rsid w:val="00CE4939"/>
+    <w:rsid w:val="00CE571D"/>
+    <w:rsid w:val="00CE6E40"/>
+    <w:rsid w:val="00CF055D"/>
+    <w:rsid w:val="00CF6545"/>
+    <w:rsid w:val="00CF75E7"/>
+    <w:rsid w:val="00D001AA"/>
+    <w:rsid w:val="00D0040E"/>
+    <w:rsid w:val="00D00A9D"/>
+    <w:rsid w:val="00D03541"/>
+    <w:rsid w:val="00D05116"/>
+    <w:rsid w:val="00D10D2C"/>
+    <w:rsid w:val="00D120D4"/>
+    <w:rsid w:val="00D13BF7"/>
+    <w:rsid w:val="00D13C6F"/>
+    <w:rsid w:val="00D14B52"/>
+    <w:rsid w:val="00D2053B"/>
+    <w:rsid w:val="00D20765"/>
+    <w:rsid w:val="00D216D6"/>
+    <w:rsid w:val="00D2765E"/>
+    <w:rsid w:val="00D30432"/>
+    <w:rsid w:val="00D3316D"/>
+    <w:rsid w:val="00D3323F"/>
+    <w:rsid w:val="00D33470"/>
+    <w:rsid w:val="00D338A8"/>
+    <w:rsid w:val="00D3431B"/>
+    <w:rsid w:val="00D346CF"/>
+    <w:rsid w:val="00D34CD6"/>
+    <w:rsid w:val="00D34E3A"/>
+    <w:rsid w:val="00D35F95"/>
+    <w:rsid w:val="00D37C0B"/>
+    <w:rsid w:val="00D40E42"/>
+    <w:rsid w:val="00D42B9B"/>
+    <w:rsid w:val="00D42EAC"/>
+    <w:rsid w:val="00D439B6"/>
+    <w:rsid w:val="00D45DC4"/>
+    <w:rsid w:val="00D4614F"/>
+    <w:rsid w:val="00D4668B"/>
+    <w:rsid w:val="00D46748"/>
+    <w:rsid w:val="00D51B13"/>
+    <w:rsid w:val="00D522A3"/>
+    <w:rsid w:val="00D57089"/>
+    <w:rsid w:val="00D65041"/>
+    <w:rsid w:val="00D665DE"/>
+    <w:rsid w:val="00D6702D"/>
+    <w:rsid w:val="00D67BDF"/>
+    <w:rsid w:val="00D67F9E"/>
+    <w:rsid w:val="00D74A8C"/>
+    <w:rsid w:val="00D75607"/>
+    <w:rsid w:val="00D75B37"/>
+    <w:rsid w:val="00D75E45"/>
+    <w:rsid w:val="00D7611C"/>
+    <w:rsid w:val="00D761A0"/>
+    <w:rsid w:val="00D76B07"/>
+    <w:rsid w:val="00D830D3"/>
+    <w:rsid w:val="00D852F4"/>
+    <w:rsid w:val="00D87BBA"/>
+    <w:rsid w:val="00D91496"/>
+    <w:rsid w:val="00D94AC3"/>
+    <w:rsid w:val="00D94DC0"/>
+    <w:rsid w:val="00D96D6F"/>
+    <w:rsid w:val="00DA0EE5"/>
+    <w:rsid w:val="00DA4249"/>
+    <w:rsid w:val="00DA4F5E"/>
+    <w:rsid w:val="00DA59B1"/>
+    <w:rsid w:val="00DA613F"/>
+    <w:rsid w:val="00DA698B"/>
+    <w:rsid w:val="00DB15F1"/>
+    <w:rsid w:val="00DB25C3"/>
+    <w:rsid w:val="00DB35B8"/>
+    <w:rsid w:val="00DB4302"/>
+    <w:rsid w:val="00DB4AF2"/>
+    <w:rsid w:val="00DB641E"/>
+    <w:rsid w:val="00DC0B07"/>
+    <w:rsid w:val="00DC1BE6"/>
+    <w:rsid w:val="00DC350C"/>
+    <w:rsid w:val="00DC6D86"/>
+    <w:rsid w:val="00DC7C8B"/>
+    <w:rsid w:val="00DD55A1"/>
+    <w:rsid w:val="00DD610B"/>
+    <w:rsid w:val="00DE0D08"/>
+    <w:rsid w:val="00DE5709"/>
+    <w:rsid w:val="00DE68CC"/>
+    <w:rsid w:val="00DE788E"/>
+    <w:rsid w:val="00DF1D68"/>
+    <w:rsid w:val="00DF5214"/>
+    <w:rsid w:val="00E01681"/>
+    <w:rsid w:val="00E01B71"/>
+    <w:rsid w:val="00E04699"/>
+    <w:rsid w:val="00E1053E"/>
+    <w:rsid w:val="00E139C8"/>
+    <w:rsid w:val="00E14E59"/>
+    <w:rsid w:val="00E15110"/>
+    <w:rsid w:val="00E15DC7"/>
+    <w:rsid w:val="00E16286"/>
+    <w:rsid w:val="00E1745B"/>
+    <w:rsid w:val="00E228E8"/>
+    <w:rsid w:val="00E22DC4"/>
+    <w:rsid w:val="00E24285"/>
+    <w:rsid w:val="00E25F1F"/>
+    <w:rsid w:val="00E26FAE"/>
+    <w:rsid w:val="00E3316F"/>
+    <w:rsid w:val="00E3658F"/>
+    <w:rsid w:val="00E4058D"/>
+    <w:rsid w:val="00E44713"/>
+    <w:rsid w:val="00E45BAC"/>
+    <w:rsid w:val="00E5771C"/>
+    <w:rsid w:val="00E57AD9"/>
+    <w:rsid w:val="00E615B5"/>
+    <w:rsid w:val="00E632AA"/>
+    <w:rsid w:val="00E72185"/>
+    <w:rsid w:val="00E76545"/>
+    <w:rsid w:val="00E76CB6"/>
+    <w:rsid w:val="00E76EBF"/>
+    <w:rsid w:val="00E8561A"/>
+    <w:rsid w:val="00E864B9"/>
+    <w:rsid w:val="00E8679E"/>
+    <w:rsid w:val="00E87046"/>
+    <w:rsid w:val="00E94DFD"/>
+    <w:rsid w:val="00E94F01"/>
+    <w:rsid w:val="00E972BE"/>
+    <w:rsid w:val="00E9734E"/>
+    <w:rsid w:val="00EA29F5"/>
+    <w:rsid w:val="00EA32EF"/>
+    <w:rsid w:val="00EA4D2C"/>
+    <w:rsid w:val="00EA4E10"/>
+    <w:rsid w:val="00EB36B1"/>
+    <w:rsid w:val="00EC17AC"/>
+    <w:rsid w:val="00EC6068"/>
+    <w:rsid w:val="00ED033B"/>
+    <w:rsid w:val="00ED046E"/>
+    <w:rsid w:val="00ED0E2E"/>
+    <w:rsid w:val="00ED187A"/>
+    <w:rsid w:val="00ED1B3E"/>
+    <w:rsid w:val="00ED77F0"/>
+    <w:rsid w:val="00EE18F4"/>
+    <w:rsid w:val="00EE3C09"/>
+    <w:rsid w:val="00EE6A29"/>
+    <w:rsid w:val="00EE6EE7"/>
+    <w:rsid w:val="00EF2485"/>
+    <w:rsid w:val="00EF2860"/>
+    <w:rsid w:val="00EF2CF9"/>
+    <w:rsid w:val="00EF7B29"/>
+    <w:rsid w:val="00EF7C41"/>
+    <w:rsid w:val="00F012F3"/>
+    <w:rsid w:val="00F017E2"/>
+    <w:rsid w:val="00F04039"/>
+    <w:rsid w:val="00F07328"/>
+    <w:rsid w:val="00F1055C"/>
+    <w:rsid w:val="00F1153D"/>
+    <w:rsid w:val="00F12744"/>
+    <w:rsid w:val="00F13BC5"/>
+    <w:rsid w:val="00F150C1"/>
+    <w:rsid w:val="00F21DE2"/>
+    <w:rsid w:val="00F22683"/>
+    <w:rsid w:val="00F2544E"/>
+    <w:rsid w:val="00F30F7C"/>
+    <w:rsid w:val="00F31BE1"/>
+    <w:rsid w:val="00F37BDE"/>
+    <w:rsid w:val="00F43C58"/>
+    <w:rsid w:val="00F4598A"/>
+    <w:rsid w:val="00F4623B"/>
+    <w:rsid w:val="00F46847"/>
+    <w:rsid w:val="00F509F2"/>
+    <w:rsid w:val="00F5157E"/>
+    <w:rsid w:val="00F5185A"/>
+    <w:rsid w:val="00F56B09"/>
+    <w:rsid w:val="00F571F7"/>
+    <w:rsid w:val="00F6056A"/>
+    <w:rsid w:val="00F607A9"/>
+    <w:rsid w:val="00F612BF"/>
+    <w:rsid w:val="00F64569"/>
+    <w:rsid w:val="00F728C4"/>
+    <w:rsid w:val="00F75F33"/>
+    <w:rsid w:val="00F76594"/>
+    <w:rsid w:val="00F76672"/>
+    <w:rsid w:val="00F809D3"/>
+    <w:rsid w:val="00F80F3D"/>
+    <w:rsid w:val="00F833B9"/>
+    <w:rsid w:val="00F930B2"/>
+    <w:rsid w:val="00F93C8D"/>
+    <w:rsid w:val="00F96F02"/>
+    <w:rsid w:val="00FA1000"/>
+    <w:rsid w:val="00FA302C"/>
+    <w:rsid w:val="00FA3AFD"/>
+    <w:rsid w:val="00FA5554"/>
+    <w:rsid w:val="00FB2F67"/>
+    <w:rsid w:val="00FC179B"/>
+    <w:rsid w:val="00FD1037"/>
+    <w:rsid w:val="00FD2CBE"/>
+    <w:rsid w:val="00FD3D01"/>
+    <w:rsid w:val="00FD5DD2"/>
+    <w:rsid w:val="00FE2379"/>
+    <w:rsid w:val="00FE31D5"/>
+    <w:rsid w:val="00FE33EA"/>
+    <w:rsid w:val="00FE3A38"/>
+    <w:rsid w:val="00FE45EE"/>
+    <w:rsid w:val="00FE7CBF"/>
+    <w:rsid w:val="00FE7F77"/>
+    <w:rsid w:val="00FF177E"/>
+    <w:rsid w:val="00FF3D9E"/>
+    <w:rsid w:val="00FF417C"/>
+    <w:rsid w:val="00FF6549"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
-  <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="49153"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="0BEC9153"/>
-  <w15:docId w15:val="{0AE21640-6870-4BAA-A711-8F17E9BC5E34}"/>
+  <w14:docId w14:val="7D84771F"/>
+  <w15:chartTrackingRefBased/>
+  <w15:docId w15:val="{FDF04D53-EEA9-4669-AB55-6BC9B3C9698F}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault/>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
-[...101 lines deleted...]
-    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+  <w:latentStyles w:defLockedState="1" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:locked="0" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:locked="0" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:locked="0" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:locked="0" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:locked="0" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:locked="0" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:locked="0" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:locked="0" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:locked="0" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:locked="0" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:locked="0" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:locked="0" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:locked="0" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:locked="0" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:locked="0" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:locked="0" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:locked="0" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:locked="0" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:locked="0" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:locked="0" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:locked="0" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:locked="0" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:locked="0" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:locked="0" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:locked="0" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:locked="0" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:locked="0" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:locked="0" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:locked="0" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:locked="0" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:locked="0" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:locked="0" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:locked="0" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:locked="0" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:locked="0" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:locked="0" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:locked="0" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:locked="0" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:locked="0" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:locked="0" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:locked="0" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:locked="0" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:locked="0" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:locked="0" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:locked="0" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:locked="0" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:locked="0" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:locked="0" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:locked="0" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:locked="0" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:locked="0" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:locked="0" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:locked="0" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:locked="0" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:locked="0" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:locked="0" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:locked="0" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:locked="0" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:locked="0" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:locked="0" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:locked="0" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:locked="0" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:locked="0" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:locked="0" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:locked="0" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:locked="0" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:locked="0" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:locked="0" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:locked="0" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:locked="0" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:locked="0" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:locked="0" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:locked="0" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:locked="0" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:locked="0" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:locked="0" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:locked="0" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:locked="0" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:locked="0" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:locked="0" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:locked="0" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:locked="0" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:locked="0" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:locked="0" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:locked="0" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:locked="0" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:locked="0" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:locked="0" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:locked="0" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:locked="0" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:locked="0" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:locked="0" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:locked="0" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:locked="0" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:locked="0" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:locked="0" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:locked="0" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:locked="0" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:locked="0" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:locked="0" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:locked="0" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:locked="0" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:locked="0" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:locked="0" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:locked="0" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:locked="0" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:locked="0" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:locked="0" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:locked="0" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:locked="0" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="99"/>
-    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Placeholder Text" w:locked="0" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:locked="0" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
-    <w:lsdException w:name="Revision" w:semiHidden="1" w:uiPriority="99"/>
-[...2 lines deleted...]
-    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Revision" w:locked="0" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:locked="0" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:locked="0" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:locked="0" w:uiPriority="30" w:qFormat="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
@@ -24077,57 +26705,57 @@
     <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
-    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
-[...5 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Emphasis" w:locked="0" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:locked="0" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:locked="0" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:locked="0" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:locked="0" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:locked="0" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:locked="0" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
     <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
     <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
     <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
     <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
     <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
     <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
@@ -24188,2011 +26816,913 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:locked="0" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:locked="0" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:locked="0" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:locked="0" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:locked="0" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00962D5C"/>
+    <w:rsid w:val="002866E8"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading1">
+    <w:name w:val="heading 1"/>
+    <w:aliases w:val="Heading 503"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading1Char"/>
+    <w:qFormat/>
+    <w:rsid w:val="009E3B58"/>
     <w:pPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
-    </w:pPr>
-[...16 lines deleted...]
-      </w:numPr>
+      <w:spacing w:before="360" w:line="240" w:lineRule="auto"/>
+      <w:contextualSpacing/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...1 lines deleted...]
-      <w:sz w:val="28"/>
+      <w:rFonts w:ascii="Franklin Gothic Book" w:eastAsia="Times New Roman" w:hAnsi="Franklin Gothic Book" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
       <w:szCs w:val="28"/>
-    </w:rPr>
-[...39 lines deleted...]
-      <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="character" w:styleId="LineNumber">
+    <w:name w:val="line number"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00490AD0"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListParagraph">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00DC350C"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
-    <w:rsid w:val="007C0AA4"/>
+    <w:uiPriority w:val="39"/>
+    <w:locked/>
+    <w:rsid w:val="00DC350C"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="FootnoteText">
-[...1 lines deleted...]
-    <w:basedOn w:val="Normal"/>
+  <w:style w:type="character" w:styleId="PlaceholderText">
+    <w:name w:val="Placeholder Text"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="007C0AA4"/>
+    <w:rsid w:val="003E5085"/>
     <w:rPr>
-      <w:sz w:val="20"/>
-      <w:szCs w:val="20"/>
+      <w:color w:val="808080"/>
     </w:rPr>
-  </w:style>
-[...62 lines deleted...]
-    </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="CommentReference">
     <w:name w:val="annotation reference"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:semiHidden/>
-    <w:rsid w:val="009D0BDB"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="001E1DFC"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentText">
     <w:name w:val="annotation text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="CommentTextChar"/>
-    <w:semiHidden/>
-    <w:rsid w:val="009D0BDB"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="001E1DFC"/>
+    <w:pPr>
+      <w:spacing w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
+    <w:name w:val="Comment Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="CommentText"/>
+    <w:rsid w:val="001E1DFC"/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentSubject">
     <w:name w:val="annotation subject"/>
     <w:basedOn w:val="CommentText"/>
     <w:next w:val="CommentText"/>
+    <w:link w:val="CommentSubjectChar"/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="009D0BDB"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="001E1DFC"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
+    <w:name w:val="Comment Subject Char"/>
+    <w:basedOn w:val="CommentTextChar"/>
+    <w:link w:val="CommentSubject"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="001E1DFC"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="paragraph" w:styleId="BalloonText">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
+    <w:link w:val="BalloonTextChar"/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="009D0BDB"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="001E1DFC"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
-[...1 lines deleted...]
-      <w:szCs w:val="16"/>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ChecklistFooter">
-[...8 lines deleted...]
-    </w:pPr>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
+    <w:name w:val="Balloon Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BalloonText"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="001E1DFC"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="SOPFooter">
-    <w:name w:val="SOP Footer"/>
+  <w:style w:type="paragraph" w:styleId="Header">
+    <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
-    <w:rsid w:val="006B1BDD"/>
+    <w:link w:val="HeaderChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00A13082"/>
     <w:pPr>
-      <w:autoSpaceDE/>
-[...2 lines deleted...]
-      <w:jc w:val="center"/>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4680"/>
+        <w:tab w:val="right" w:pos="9360"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
-    <w:rPr>
-[...3 lines deleted...]
-    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="BodyText">
-    <w:name w:val="Body Text"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
+    <w:name w:val="Header Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Header"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00A13082"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Footer">
+    <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="BodyTextChar"/>
-    <w:rsid w:val="00393FAF"/>
+    <w:link w:val="FooterChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00A13082"/>
     <w:pPr>
-      <w:autoSpaceDE/>
-[...2 lines deleted...]
-      <w:spacing w:before="120" w:after="120"/>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4680"/>
+        <w:tab w:val="right" w:pos="9360"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
-    <w:rPr>
-[...2 lines deleted...]
-    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ListBullet2">
-[...20 lines deleted...]
-    </w:rPr>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
+    <w:name w:val="Footer Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Footer"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00A13082"/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ListBullet3">
-[...69 lines deleted...]
-    </w:rPr>
+  <w:style w:type="character" w:customStyle="1" w:styleId="textcontrol">
+    <w:name w:val="textcontrol"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:rsid w:val="00370EC4"/>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="004F2BAF"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="008B4F77"/>
     <w:rPr>
-      <w:color w:val="0000FF"/>
+      <w:color w:val="auto"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
-[...1 lines deleted...]
-    <w:link w:val="Footer"/>
+  <w:style w:type="character" w:styleId="FollowedHyperlink">
+    <w:name w:val="FollowedHyperlink"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="008458D3"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00CE4939"/>
     <w:rPr>
-      <w:rFonts w:ascii="NNFPLJ+TimesNewRoman" w:hAnsi="NNFPLJ+TimesNewRoman"/>
-[...2 lines deleted...]
-      <w:lang w:eastAsia="en-US"/>
+      <w:color w:val="954F72" w:themeColor="followedHyperlink"/>
+      <w:u w:val="single"/>
     </w:rPr>
-  </w:style>
-[...74 lines deleted...]
-    <w:rsid w:val="001C7854"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Revision">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00B30D65"/>
+    <w:rsid w:val="001442FE"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="PageNumber">
+    <w:name w:val="page number"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:rsid w:val="00742D7A"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
+    <w:name w:val="Heading 1 Char"/>
+    <w:aliases w:val="Heading 503 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading1"/>
+    <w:rsid w:val="009E3B58"/>
     <w:rPr>
-      <w:rFonts w:ascii="NNFPLJ+TimesNewRoman" w:hAnsi="NNFPLJ+TimesNewRoman"/>
+      <w:rFonts w:ascii="Franklin Gothic Book" w:eastAsia="Times New Roman" w:hAnsi="Franklin Gothic Book" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="FootnoteText">
+    <w:name w:val="footnote text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="FootnoteTextChar"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00B214ED"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FootnoteTextChar">
+    <w:name w:val="Footnote Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="FootnoteText"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00B214ED"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="FootnoteReference">
+    <w:name w:val="footnote reference"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00B214ED"/>
+    <w:rPr>
+      <w:vertAlign w:val="superscript"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="numbering" w:customStyle="1" w:styleId="Style1">
+    <w:name w:val="Style1"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00C656ED"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="17"/>
+      </w:numPr>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BlockText">
+    <w:name w:val="Block Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BlockTextChar"/>
+    <w:rsid w:val="00904F83"/>
+    <w:pPr>
+      <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="720" w:right="720"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:i/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TOC2">
-[...16 lines deleted...]
-    <w:rsid w:val="00A3181D"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BlockTextChar">
+    <w:name w:val="Block Text Char"/>
+    <w:link w:val="BlockText"/>
+    <w:rsid w:val="00904F83"/>
     <w:rPr>
-      <w:rFonts w:ascii="NNFPLJ+TimesNewRoman" w:hAnsi="NNFPLJ+TimesNewRoman"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:i/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ListParagraph">
-[...11 lines deleted...]
-    <w:name w:val="Placeholder Text"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="UnresolvedMention1">
+    <w:name w:val="Unresolved Mention1"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00776A99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="002D717A"/>
     <w:rPr>
-      <w:color w:val="808080"/>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Instructions">
-[...1 lines deleted...]
-    <w:rsid w:val="00CF1100"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="elementtoproof">
+    <w:name w:val="elementtoproof"/>
+    <w:basedOn w:val="Normal"/>
+    <w:rsid w:val="0023183E"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
-[...5 lines deleted...]
-      <w:sz w:val="20"/>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Emphasis">
-    <w:name w:val="Emphasis"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="UnresolvedMention2">
+    <w:name w:val="Unresolved Mention2"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
-    <w:qFormat/>
-    <w:rsid w:val="00E65597"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00757564"/>
     <w:rPr>
-      <w:i/>
-      <w:iCs/>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
-[...4 lines deleted...]
-    <w:rsid w:val="006D6BFF"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="p1">
+    <w:name w:val="p1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:rsid w:val="00D30432"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-[...2 lines deleted...]
-      <w:szCs w:val="26"/>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="FollowedHyperlink">
-    <w:name w:val="FollowedHyperlink"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="s1">
+    <w:name w:val="s1"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:rsid w:val="00D30432"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="cf01">
+    <w:name w:val="cf01"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:rsid w:val="00C077DC"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI" w:hint="default"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="UnresolvedMention">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00DE569C"/>
+    <w:rsid w:val="00211268"/>
     <w:rPr>
-      <w:color w:val="800080" w:themeColor="followedHyperlink"/>
-      <w:u w:val="single"/>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
-    <w:div w:id="427045805">
+    <w:div w:id="66196859">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="648291847">
+    <w:div w:id="291208679">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="655109183">
+    <w:div w:id="509834148">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="662007138">
+    <w:div w:id="515966552">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="742946760">
+    <w:div w:id="707099985">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="983587023">
+    <w:div w:id="1630893803">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1225870813">
-[...77 lines deleted...]
-    <w:div w:id="1980183179">
+    <w:div w:id="1965577160">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
-[...3 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://irbo.nih.gov/fda-regulated-research/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="1F497D"/>
+        <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EEECE1"/>
+        <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4F81BD"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="C0504D"/>
+        <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="9BBB59"/>
+        <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8064A2"/>
+        <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4BACC6"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="F79646"/>
+        <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000FF"/>
+        <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="800080"/>
+        <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Cambria"/>
+        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
+        <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="35000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="37000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="15000"/>
-                <a:satMod val="350000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="1"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:shade val="51000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="80000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:shade val="93000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="94000"/>
-                <a:satMod val="135000"/>
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="0"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
-[...8 lines deleted...]
-        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="38000"/>
+                <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
-        </a:effectStyle>
-[...27 lines deleted...]
-          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="40000"/>
-                <a:satMod val="350000"/>
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="40000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="45000"/>
-[...1 lines deleted...]
-                <a:satMod val="350000"/>
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="20000"/>
-                <a:satMod val="255000"/>
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:path path="circle">
-[...20 lines deleted...]
-          </a:path>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+    </a:ext>
+  </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...18 lines deleted...]
-
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...229 lines deleted...]
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5823CFC9-7FF2-4B5B-B28D-3FF6032B2969}">
-[...59 lines deleted...]
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F88FE275-4282-43DF-925C-4A8C56BF1DF3}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0AA254AC-A1D2-4690-A5F1-C735C8798AED}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>27</Pages>
-[...1 lines deleted...]
-  <Characters>36036</Characters>
+  <Pages>19</Pages>
+  <Words>5091</Words>
+  <Characters>27313</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>4</DocSecurity>
-  <Lines>720</Lines>
-  <Paragraphs>325</Paragraphs>
+  <Lines>817</Lines>
+  <Paragraphs>437</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>: RP-503 - TEMPLATE PROTOCOL</vt:lpstr>
+      <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
-  <Manager>Stuart Horowitz, PhD, MBA, CHRC</Manager>
-  <Company>Huron Consulting Group, Inc.</Company>
+  <Company>University at Buffalo</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>41673</CharactersWithSpaces>
+  <CharactersWithSpaces>32133</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
-  <HLinks>
-[...542 lines deleted...]
-  </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>: RP-503 - TEMPLATE PROTOCOL</dc:title>
-[...3 lines deleted...]
-  <dc:description>©2009-2012 Huron Consulting Services, LLC. Use and distribution subject to End User License Agreement at http://www.huronconsultinggroup.com/SOP</dc:description>
+  <dc:title/>
+  <dc:subject/>
+  <dc:creator>Sarina Deitz</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="_dlc_DocId">
-[...6 lines deleted...]
-    <vt:lpwstr>https://omega.huronconsultinggroup.com/hec/hels/meth/lsas/hrpp/_layouts/DocIdRedir.aspx?ID=ZZ3N2KNH64PS-1493-287, ZZ3N2KNH64PS-1493-287</vt:lpwstr>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="GrammarlyDocumentId">
+    <vt:lpwstr>2cdd27638a93eac284810402b66f30a7cd7ad56c595e482e7bf3ef91741bbc80</vt:lpwstr>
   </property>
 </Properties>
 </file>